--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -54,10113 +54,10113 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, EDINAMAR APARECIDA ISETE DA COSTA, FREDERICK REQUI MENDONÇA, GILMAR FERNANDES, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2362/substitutivo_ao_proj._de_decreto_legislativo_001.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2362/substitutivo_ao_proj._de_decreto_legislativo_001.2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA IGARAPAVENSE AO SR. JOSÉ DOS PASSOS VIEIRA.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2352/proj._de_decreto_legislativo_002.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2352/proj._de_decreto_legislativo_002.2024._carla.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA IGARAPAVENSE AO SR. JESSE DA SILVA RODRIGUES.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2473/proj._de_decreto_legislativo_003.2024._carla_e_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2473/proj._de_decreto_legislativo_003.2024._carla_e_rinaldo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA IGARAPAVENSE AOI SR. LUIS MARIO MACHADO DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2704/proj._de_decreto_legislativo_004.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2704/proj._de_decreto_legislativo_004.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR, DR. DERMEVAL REIS JUNIOR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_decreto_legislativo_005.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_decreto_legislativo_005.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR, ANTÔNIO AUGUSTO BALIEIRO MOREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2706/proj._de_decreto_legislativo_006.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2706/proj._de_decreto_legislativo_006.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR, SÉRGIO LUIZ GABELLINI MARQUES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, CLAUDIO REIS VILAS BOAS, GILMAR FERNANDES</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2724/projeto_de_decreto_legislativo_no_07.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2724/projeto_de_decreto_legislativo_no_07.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS ANUAIS DO CHEFE DO PODER EXECUTIVO MUNICIPAL DE IGARAPAVA/SP, RELATIVAS AO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3003/projeto_de_decreto_legislativo_n._08.2024__-_contas_do_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3003/projeto_de_decreto_legislativo_n._08.2024__-_contas_do_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS ANUAIS DO CHEFE DO PODER EXECUTIVO MUNICIPAL DE IGARAPAVA/SP, RELATIVAS AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, GILMAR FERNANDES, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3666/projeto_de_decreto_legislativo_009.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3666/projeto_de_decreto_legislativo_009.2024.pdf</t>
   </si>
   <si>
     <t>SUSTA INTEGRALMENTE A APLICAÇÃO E OS EFEITOS DOS DECRETOS EXECUTIVOS Nº 2922/2024 E 2923/2024, EDITADO E PUBLICADO PELO PREFEITO MUNICIPAL, JOSÉ RICARDO RODRIGUES MATTAR, EM 25 DE NOVEMBRO DE 2024.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Executivo</t>
   </si>
   <si>
     <t>José Ricardo Rodrigues Mattar</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2330/proj._001.2024._executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2330/proj._001.2024._executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZADO O PODER EXECUTIVO, ADEQUAR OS VALORES DAS REFERÊNCIAS SALARIAL QUE ESTIVERER ABAIXO DO SALÁRIO-MINIMO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_02.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_02.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR POR ANULAÇÃO PARCIAL DE DOTAÇÕES ORÇAMENTÁRIAS".</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2400/substitutivo_ao_proj._de_lei_003.2024._exec..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2400/substitutivo_ao_proj._de_lei_003.2024._exec..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SÁUDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE), INCENTIVO FINANCEIRO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2406/proj._de_lei_004.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2406/proj._de_lei_004.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 1.483.925,52, PARA A ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/2P E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2407/proj._de_lei_005.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2407/proj._de_lei_005.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 648.041,75, PARA A ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2408/proj._de_lei_006.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2408/proj._de_lei_006.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 180.000,00, PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/2P E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2409/proj._de_lei_007.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2409/proj._de_lei_007.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 137.435,19, PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/2P E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2410/proj._de_lei_008.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2410/proj._de_lei_008.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 2.500.000,00, PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/2P E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2445/proj._de_lei_009.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2445/proj._de_lei_009.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 6.000.000,00 (SEIS MILHOES DE REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICIPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2446/proj._de_lei_010.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2446/proj._de_lei_010.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 1.500.000,00 (UM MILHÃO E QUINHENTOS MIL REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2477/proj._de_lei_011.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2477/proj._de_lei_011.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2490/proj._de_lei_012.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2490/proj._de_lei_012.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS DO MUNICÍPIO E DO REAJUSTE DOS SERVIDORES DO PODER EXECUTIVO, INATIVOS E PENSIONISTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2553/proj._de_lei_013.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2553/proj._de_lei_013.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO VALE ALIMENTAÇÃO AOS SERVIDORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2594/substitutivo_ao_proj._de_lei_014.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2594/substitutivo_ao_proj._de_lei_014.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAÇÃO DE CONVÊNIO, QUE ENTRE SI CELEBRAM, DE UM LADO O MUNICÍPIO DE IGARAPAVA E DO OUTRO A SANTA CASA DE ITUVERAVA PARA A REALIZAÇÃO DE EXAMES DE DIAGNÓSTICOS POR IMAGEM, COM OU SEM SEDAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2603/proj._de_lei_016.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2603/proj._de_lei_016.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA-SP E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2604/proj._de_lei_017.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2604/proj._de_lei_017.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA-SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2605/proj._de_lei_018.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2605/proj._de_lei_018.2024._exec.pdf</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2646/proj._de_lei_019.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2646/proj._de_lei_019.2024._exec.pdf</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2698/proj._de_lei_020.2024._exec..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2698/proj._de_lei_020.2024._exec..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2719/substitutivo_ao_proj._de_lei_021.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2719/substitutivo_ao_proj._de_lei_021.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL URBANO E AUTORIZA O PODER EXECUTIVO A PROCEDER A DOAÇÃO À CDHU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2729/proj._de_lei_022.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2729/proj._de_lei_022.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA-SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2778/proj._de_lei_023.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2778/proj._de_lei_023.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 500.000,00 (QUINHENTOS MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2779/proj._de_lei_024.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2779/proj._de_lei_024.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 835.000,00 (OITOCENTOS E TRINTA E CINCO MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2882/projeto_de_lei_n._25.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2882/projeto_de_lei_n._25.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 4.000.000,00 (QUATRO MILHÕES DE REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2883/projeto_de_lei_n._26.2024_-_executivo1.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2883/projeto_de_lei_n._26.2024_-_executivo1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 400.000,00 (QUATROCENTOS MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2884/projeto_de_lei_n._27.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2884/projeto_de_lei_n._27.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 204.000,00 (DUZENTOS E E QUATRO MIL DE REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2885/projeto_de_lei_substitutivo_n._28.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2885/projeto_de_lei_substitutivo_n._28.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 399.000,00 (TREZENTOS E NOVENTA E NOVE MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2886/projeto_de_lei_n._29.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2886/projeto_de_lei_n._29.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 1.434.000,00 (UM MILHÃO, QUATROCENTOS E TRINTA E QUATRO MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2887/projeto_de_lei_n._30.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2887/projeto_de_lei_n._30.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 717.000,00 (SETECENTOS E DEZESSETE MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_substitutivo_31.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_substitutivo_31.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 1.066.181,95 (UM MILHÃO, SESSENTA E SEIS MIL, CENTO E OITENTA E UM REAIS E NOVENTA E CINO CENTAVOS)  PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2935/projeto_de_lei_32.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2935/projeto_de_lei_32.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 887.440,00 (OITOCENTOS E OITENTA E SETE MIL E QUATROCENTOS E QUARENTA REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2959/oficio_454.24_do_exec._proj._de_lei_subst._33.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2959/oficio_454.24_do_exec._proj._de_lei_subst._33.24.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 992.116,79 (NOVECENTOS E NOVENTA E DOIS MIL, CENTO E DEZESSEIS REAIS E SETENTA E NOVE CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2891/projeto_de_lei_n._34.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2891/projeto_de_lei_n._34.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2931/projeto_de_lei_35.2024_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2931/projeto_de_lei_35.2024_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 42.000,00 (QUARENTA E DOIS MIL REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2936/projeto_de_lei_36.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2936/projeto_de_lei_36.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 990.000,00 (NOVECENTOS E NOVENTA MIL REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2894/projeto_de_lei_n._37.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2894/projeto_de_lei_n._37.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 636.582,69 (SETECENTOS E TRINTA E SEIS, QUINHENTOS E OITENTA E DOIS MIL E SESSENTA E NOVE CENTAVOS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2895/projeto_de_lei_n._38.2024_-_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2895/projeto_de_lei_n._38.2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 989.800,00 PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_39.2024.exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_39.2024.exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 93.077,28 (NOVENTA E TRÊS MIL, SETENTA E SETE REAIS E VINTE E OITO CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_40.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_40.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 226.413,04 (DUZENTOS E VINTE E SEIS MIL E QUATROCENTOS E TREZE REAIS E QUATRO CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2928/projeto_de_lei_41.2024.exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2928/projeto_de_lei_41.2024.exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 259.873,20 (DUZENTOS E CINQUENTA E NOVE MIL, OITOCENTOS E SETENTA E TRÊS REAIS E VINTE CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2925/projeto_de_lei_42.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2925/projeto_de_lei_42.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 2.903.167,92 (DOIS MILHÕES, NOVECENTOS E TRÊS MIL, CENTO E SESSENTA E SETE  REAIS E NOVENTA E DOIS CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2937/projeto_de_lei_43.20241.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2937/projeto_de_lei_43.20241.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 162.698,28 (CENTO E SESSENTA E DOIS MIL, SEISCENTOS E NOVENTA E OITO REAIS E VINTE E OITO CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2961/of._645.2024._exec._projeto_de_lei_substitutivo_ao_pl._044.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2961/of._645.2024._exec._projeto_de_lei_substitutivo_ao_pl._044.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL (CMIR), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2962/of._646.2024._exec._projeto_de_lei_substitutivo_ao_pl._045.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2962/of._646.2024._exec._projeto_de_lei_substitutivo_ao_pl._045.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DO PLANO MUNICIPAL DE TURISMO DO MUNICÍPIO DE IGARAPAVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2963/projeto_de_lei_46.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2963/projeto_de_lei_46.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 688.462,23 (SEISCENTOS E OITENTA E OITO MIL, QUATROCENTOS E SESSENTA E DOIS REAIS E VINTE E TRÊS CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2964/projeto_de_lei_47.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2964/projeto_de_lei_47.2024.pdf</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2965/projeto_de_lei_48.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2965/projeto_de_lei_48.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 NO MUNICÍPIO DE IGARAPAVA-SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2960/projeto_de_lei._n._49.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2960/projeto_de_lei._n._49.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA-SP, DESTINADO AO FUNDO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE DE IGARAPAVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3004/projeto_de_lei_n._50.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3004/projeto_de_lei_n._50.2024..pdf</t>
   </si>
   <si>
     <t>AUTORIZA  O PODER EXECUTIVO MUNICIPAL A CELEBRAÇÃO DE CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE IGARAPAVA  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3044/proj._de_lei_051.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3044/proj._de_lei_051.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 1.675.231,63 (UM MILHÃO SEISCENTOS E SETENTA E CINCO MIL, DUZENTOS E TRINTA E UM REAIS E SESSENTA E TRÊS CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3045/proj._de_lei_052.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3045/proj._de_lei_052.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 5.228.434,28 (CINCO MILHÕES, DUZENTO SE INTE E OITO MIL, QUATROCENTOS E TRINTA E QUATRO REAIS E VINTE E OITO CENTAVOS), PARA A ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3295/projeto_de_lei_053.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3295/projeto_de_lei_053.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ACICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA-SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3333/proj._de_lei_054.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3333/proj._de_lei_054.2024._exec.pdf</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3340/projeto_de_lei_55.2024_substitutivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3340/projeto_de_lei_55.2024_substitutivo.pdf</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3375/proj._de_lei_056.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3375/proj._de_lei_056.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3376/proj._de_lei_057.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3376/proj._de_lei_057.2024._exec.pdf</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3520/proj._de_lei_058.2024._loa.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3520/proj._de_lei_058.2024._loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IGARAPAVA PARA O EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3542/substitutivo_pl._059.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3542/substitutivo_pl._059.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 1.700.000,00 (HUM MILHÃO E SETECENTOS MIL REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3543/proj._de_lei_060.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3543/proj._de_lei_060.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 8.525.000,00 (OITO MILHOES, QUINHENTOS E VINTE E CINCO MIL REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3544/substitutivo_pl._061.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3544/substitutivo_pl._061.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 9.224.383,74 (NOVE MILHOES, DUZENTOS E VINTE E QUATRO MIL, TREZENTOS E OITENTA E TRES REIAS E SETENTA E QUATRO CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3545/substitutivo_pl._062.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3545/substitutivo_pl._062.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 3.074.794,58 (TRÊS MILHOES, SETENTA E QUATRO MIL E, SETECENTOS E NOVENTA E QUATRO REAIS E CINQUENTA E OITIO CENTAVOS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3555/proj._de_lei_063.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3555/proj._de_lei_063.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL JUNTO AO ORÇAMENTO FISCAL PARA O EXERCÍCIO DE 2024, DO MUNICÍPIO DE IGARAPAVA-SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3556/proj._de_lei_064.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3556/proj._de_lei_064.2024._exec.pdf</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3560/proj._de_lei_065.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3560/proj._de_lei_065.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$ 550.000,00 (QUINHENTOS E CINQUENTA MIL REAIS) PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL NO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3561/proj._de_lei_066.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3561/proj._de_lei_066.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECLARAÇÃO DE UTILIDADE PÚBLICA MUNICIPAL À ASSOCIAÇÃO DO CLUBE DO CAVALO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3566/proj._de_lei_067.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3566/proj._de_lei_067.2024._exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL DE R$100.000,00 (CEM MIL REAIS), PARA ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA FISCAL DO EXERCÍCIO DE 2024 DO MUNICÍPIO DE IGARAPAVA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3589/proj._de_lei_068.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3589/proj._de_lei_068.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS PREVIDENCIÁRIOS DO MUNICÍPIO DE IGARAPAVA COM O INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE IGARAPAVA - PREVIGARAPAVA.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3590/proj._de_lei_069.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3590/proj._de_lei_069.2024._exec.pdf</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3642/proj._de_lei_070.2024._exec..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3642/proj._de_lei_070.2024._exec..pdf</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3745/projeto_de_lei_n._71.2024_do_executivo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3745/projeto_de_lei_n._71.2024_do_executivo..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE IGARAPAVA COM INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE IGARAPAVA (PREVIGARAPAVA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2447/proj._de_lei_complementar_001.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2447/proj._de_lei_complementar_001.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECLASSIFICAÇÃO DA REFERÊNCIA SALARIAL DE CARGOS EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2448/projeto_de_lei_complementar_substitutivo_02.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2448/projeto_de_lei_complementar_substitutivo_02.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.45, DE 03 DE JUNHO DE 2015, QUE DISPÕES O ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2489/proj._de_lei_complementar_substitutivo_004.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2489/proj._de_lei_complementar_substitutivo_004.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, VENCIMENTOS, CARREIRAS E ATRIBUIÇÕES DOS SERVIDORES E EMPREGADOS PÚBLICOS DO QUADRO DE PESSOAL DO PODER EXECUTIVO DO MUNICÍPIO DE IGARAPAVA, INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2573/proj._de_lei_complementar_005.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2573/proj._de_lei_complementar_005.2024._exec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO DO PISO SALARIAL PROFISSIONAL DOS CARGOS DE AGENTE DE CAMPO E AGENTE DE COMBATE A ENDEMIAS, RECLASSIFICAÇÃO DA REFERÊNCIA SALARIALL DE CARGOS EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2718/projeto_de_lei_complementar_no_06.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2718/projeto_de_lei_complementar_no_06.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA, RENUMERA O PARÁGRAFO ÚNICO, ACRESCENTA O PARÁGRAFO SEGUNDO DO ART. 126 DA LEI COMPLEMENTAR Nº 56/2018 – QUE INSTITUI O PLANO DIRETOR DE DESENVOLVIMENTO PARTICIPATIVO DO MUNICÍPIO DE IGARAPAVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2967/proj._de_lei_compl._do_exec._07.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2967/proj._de_lei_compl._do_exec._07.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO PÚBLICO DE PROVIMENTO EFETIVO DE AUDITOR FISCAL DA RECEITA MUNICIPAL NO QUADRO DE PESSOAL DO PODER EXECUTIVO DO MUNICÍPIO DE IGARAPAVA-SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2327/proj._de_resolucao_privativa_001.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2327/proj._de_resolucao_privativa_001.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE FUNÇÕES PARA EXECUÇÃO DA LEI FEDERAL Nº 14.133/2021, DE 01 DE ABRIL DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2326/proj._de_resolucao_privativa_002.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2326/proj._de_resolucao_privativa_002.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução Privativa nº 01/2013, de 27 de junho de 2013</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2328/proj._de_resolucao_privativa_003.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2328/proj._de_resolucao_privativa_003.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução Privativa nº 33/1989, de 15 de dezembro de 1989, que dispõe sobre o Regimento Interno nº 1, da Câmara Municipal de Igarapava/SP.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2507/projeto_de_resolucao_privativa_no_04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2507/projeto_de_resolucao_privativa_no_04.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS VEREADORES PARA A LEGISLATURA DE 2025 A 2028, NOS TERMOS DA ALÍNEA "E", INCISO VI, ART. 29, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2505/proj._de_resolucao_privativa_005.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2505/proj._de_resolucao_privativa_005.2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O VALOR E A FORMA DE CONCESSÃO DO VALE-REFEIÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE IGARAPAVA-SP, CONFORME PREVISÃO INSERTA NO ART. 196, INCISO V, DA LEI COMPLEMENTAR Nº 45/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>CARLOS ROBERTO RODRIGUES LIMA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2593/substitutivo_ao_proj._de_resolucao_privativa_006.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2593/substitutivo_ao_proj._de_resolucao_privativa_006.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA RESOLUÇÃO PRIVATIVA Nº33/1989, DE 15 DE DEZEMBRO DE 1989, QUE DISPÕE SOBRE O REGIMENTO INTERNO Nº1, DA CÂMARA MUNICIPAL DE IGARAPAVA/SP.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2581/proj._de_resolucao_privativa_007.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2581/proj._de_resolucao_privativa_007.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE NO ÂMBITO DA CÂMARA MUNICIPAL DE IGARAPAVA/SP, SOBRE A REGULAMENTAÇÃO DO ART. 98 E PARÁGRAFO ÚNICO DA LEI COMPLEMENTAR Nº 045/2015, DE 03 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2694/proj._de_resolucao_privativa_008.2024._mesa_da_camara.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2694/proj._de_resolucao_privativa_008.2024._mesa_da_camara.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O DISPOSTO NO ART. 175, §1º, DA LEI FEDERAL Nº 14.133/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, EDINAMAR APARECIDA ISETE DA COSTA, GILMAR FERNANDES, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2788/proj._de_resolucao_privativa_009.2024._rinaldo_carla_gilmar_edinamar_e_carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2788/proj._de_resolucao_privativa_009.2024._rinaldo_carla_gilmar_edinamar_e_carlos_roberto.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ESPECIAL DE ESTUDOS E DEFESA DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA - TEA - NO ÂMBITO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3396/projeto_de_resolucao_privativa_010.2024._mesa_do_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3396/projeto_de_resolucao_privativa_010.2024._mesa_do_legislativo.pdf</t>
   </si>
   <si>
     <t>ALTERA RESOLUÇÃO PRIVATIVA Nº 33/1989, DE 15 DE DEZEMBRO DE 1989, QUE DISPÕE SOBRE O REGIMENTO INTERNO Nº 1, DA CÂMARA MUNICIPAL DE IGARAPAVA-SP.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, GILMAR FERNANDES, RINALDO GROU GOBBI, WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_resolucao_privativa_011.2024._rinaldo_carla_wagner_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_resolucao_privativa_011.2024._rinaldo_carla_wagner_e_gilmar.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO PRIVATIVA N. 33/1989, DE 15 DE DEZEMBRO DE 1989, QUE DISPÕE DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE IGARAPAVA/SP.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2592/proposta_de_emenda_a_lei_organica_municipal_n._04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2592/proposta_de_emenda_a_lei_organica_municipal_n._04.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3029/proj._de_emenda_da_lei_organica._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3029/proj._de_emenda_da_lei_organica._exec.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI ORGÂNICA DO MUNICÍPIO DE IGARAPAVA-SP, INSTITUINDO A OBRIGATORIEDADE DA ELABORAÇÃO E CUMPRIMENTO DE PLANO DE METAS E PRIORIDADES PELO PODER EXECUTIVO, ESTABELEC REGRAS E COMPETÊNCIA PARA ELABORAÇÃO, MANUTENÇÃO, APLICAÇÃO, INCENTIVO E PRESERVAÇÃO DE POLÍTICAS PARA CIDADES INTELIGENTES E SUSTENTÁVEIS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3251/proposta_de_emenda_a_lei_organica_006.2024._mesa_da_camara.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3251/proposta_de_emenda_a_lei_organica_006.2024._mesa_da_camara.pdf</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3563/proposta_de_emenda_a_lei_organica_municipal_n._007.2024._rinaldo_carla_wagner_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3563/proposta_de_emenda_a_lei_organica_municipal_n._007.2024._rinaldo_carla_wagner_e_gilmar.pdf</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>FRANCIRNILDO DA SILVA SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2989/mocao_de_aplausos_n._01.2024._nildo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2989/mocao_de_aplausos_n._01.2024._nildo..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À IGREJA ASSEMBLEIA DE DEUS MADUREIRA E AO PROJETO MACEDÔNIA, PELOS RELEVANTES SERVIÇOS PRESTADOS À NOSSA COMUNIDADE ATRAVÉS DO PROJETO MAIS VIDA, QUE HÁ 20 ANOS TEM SIDO UMA FONTE DE APOIO E TRANSFORMAÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>REQLE</t>
   </si>
   <si>
     <t>Requerimento Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_001.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_001.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DA SRA. FÁTIMA AP. BESSA E O CONVITE À SRA. NILCELENA RAFACHINI FALCONI</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2361/requerimento_002.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2361/requerimento_002.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANTEPROJETO DE LEI 005/2022, PROPONDO ACRESCENTAR O PARÁGRAFO 2º AO ARTIGO 2º DA LEI 431/2010.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2381/requerimento_003.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2381/requerimento_003.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE REPAROS DA BOCAS DE LOBOS NA RUA CEL. JOSÉ ALVES FERREIRA.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_004.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_004.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO MEDIDAS PARA EVITAR ANIMAIS DE GRANDE PORTE SOLTOS PELA CIDADE.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2404/requerimento_005.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2404/requerimento_005.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DOS AGENTES COMUNITÁRIOS DE SAÚDE E DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>FREDERICK REQUI MENDONÇA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_006.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_006.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A MANUTENÇÃO DA TUBULAÇÃO, LIMPEZA DE BOCA DE LOBO E TAPA BURACOS NA RUA PEDRO ALVES DE MENDONÇA COM A AV. NOVE DE JULHO.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>EDINAMAR APARECIDA ISETE DA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2417/requerimento_007.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2417/requerimento_007.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE O ANDAMENTO DA CONSTRUÇÃO DAS MORADIAS POPULARES.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_008.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_008.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE O DESCARTE DE CARCAÇAS DE ANIMAIS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2419/requerimento_009.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2419/requerimento_009.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CASTRAMÓVEL.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>GILMAR FERNANDES</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2421/requerimento_010.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2421/requerimento_010.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SR. LEVI JOSÉ DA SILVA, CHEFE DE DIVISÃO DE FROTA MUNICIPAL.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2428/requerimento_011.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2428/requerimento_011.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A DISTRIBUIÇÃO DE CESTAS DE FRUTAS E VERDURAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2429/requerimento_012.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2429/requerimento_012.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A BIBLIOTECA MUNICIPAL DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_013.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_013.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A TROCA DE TELHAS DA CASA DA CULTURA.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2431/requerimento_014.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2431/requerimento_014.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A VICINAL IGP 146, RECÈM ASFALTADA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_015.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_015.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ASFALTO DA RUA RECÉM ASFALTADA PRÓXIMA AOS ANTIGO HOSPITAL DOS CANAVIEIROS.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_016.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_016.2024._frederick.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REGULARIZAÇÃO DAS ESCRITURAS DOS IMÓVEIS DA RUA AZARIAS ARANTES, TRECHO ENTRE A RUA XOZO EBISSUY E AV. CAP. PLACEDINO.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_017.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_017.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE MEDIDAS QUE A PREFEITURA VEM ADOTANDO EM RELAÇÃO A CONTENÇÃO DAS ÁGUAS PLUVIAIS QUE ESCOAM DO JARDIM BOTHÂNICO ATÉ O JARDIM HAVAI.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2449/requerimento_018.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2449/requerimento_018.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PARTICIPAÇÃO DO PREFEITO NO PROGRAMA INOVA JUNTOS EM PORTUGAL.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_019.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_019.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A AQUISIÇÃO DO UM VEÍCULO TIPO FURGÃO, DESTINADO AO TRANSPORTE DE ANIMAIS DOMÉSTICOS.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_020.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_020.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A AQUISIÇÃO DE UM VEÍCULO MICRO-ÔNIBUS DESTINADO AO TRANSPORTE DOS ALUNOS DA APAE.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2443/requerimento_021.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2443/requerimento_021.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AO MUSEU DA REVOLUÇÃO.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2444/requerimento_022.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2444/requerimento_022.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O DEPARTAMENTO DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, CLAUDIO REIS VILAS BOAS, EDINAMAR APARECIDA ISETE DA COSTA, LEANDRO PEREIRA GASQUI, MÁRCIO WELLINGTON DA SILVA, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2458/requerimento_023.2024._carlos_rinaldo_dra._edinamar_carla_claudio_leandro_e_marcio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2458/requerimento_023.2024._carlos_rinaldo_dra._edinamar_carla_claudio_leandro_e_marcio.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>GÉLIO JOSÉ PRECIOZO</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2487/requerimento_024.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2487/requerimento_024.2024._gelio.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO SOBRE S ESTUDOS VISANDO A REESTRUTURAÇÃO DE CARGOS E SALÁRIOS.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2469/requerimento_025.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2469/requerimento_025.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PAVIMENTAÇÃO ASFALTICA NO CRUZAMENTO DAS RUAS ZECA MARÇAL E MAJOR NICOLAU BARTOLOMEU E INFORMAÇÕES SOBRE AS GALERIAS DE CAPTAÇÃO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2470/requerimento_026.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2470/requerimento_026.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS EQUIPAMENTOS DO SETOR DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_027.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_027.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PROJETOS APROVADOS PELA SABESP.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2497/requerimento_028.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2497/requerimento_028.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE O LAUDO DE TEMPERATURA DA COZINHA PILOTO.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2498/requerimento_029.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2498/requerimento_029.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFOMAÇÕES SOBRE UM BUEIRO QUE HAVIA NO CRUZAMENTO DA RUA JOSÉ CAETANO DE MENEZES COMA RUA FLORIANO PEIXOTO.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2499/requerimento_030.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2499/requerimento_030.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE REFORMAS NAS ÁREAS DESTINADAS ÀS ENTIDADES MÃE PEREGRINA E LAR ESPIRITA VOVÓ QUERUBINA.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_031.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_031.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE A IMPLANTAÇÃO DO PROGRAMA DE EQUOTERAPIA.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_032.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_032.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE RECAPEAMENTO DA IGP 060, PRÓXIMA À ETC ANTÔNIO JUNQUEIRA DA VEIGA.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2547/requerimento_033.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2547/requerimento_033.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DA MANUTENÇÃO DAS RUAS DA VILA MARILENE E DA RUA AMAZONAS, JARDIM BEATRIZ.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2548/requerimento_034.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2548/requerimento_034.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS SEMÁFOROS DE TRÂNSITO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_035.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_035.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INTERLIGAÇÃO DO ASFALTO ENTRE OS BAIRROS MORADA DO VERDE E WALDIR DIB MATTAR.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2596/requerimento_n._36.2024_-_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2596/requerimento_n._36.2024_-_rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OPERADORES E DAS MÁQUINAS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_037.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_037.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A ENTREGA DOS UNIFORMES E AGASÁLHOS ESCOLARES AOS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_038.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_038.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANDAMENTO DA EMENDA PARLAMENTAR DO DEP. ANDRE DO PRADO DESTINADA PARA A REFORMA DO PISO DA QUADRA DO GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2572/requerimento_039.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2572/requerimento_039.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE A REALIZAÇÃO DE EXAMES DE TOMOGRAFIAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2595/requerimento_n._40.2024_-_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2595/requerimento_n._40.2024_-_rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A CONSTRUÇÃO DA CRECHE DO JARDIM BOTÂNICO.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2577/requerimento_041.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2577/requerimento_041.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REESTRUTURAÇÃO DE CARGOS E SALÁRIOS DO MAGISTÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_044.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_044.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O INDICE MÁXIMO DE REAJUSTE DOS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO E VALOR DOS SUBSÍDIOS DOS CHEFES DE DEPARTAMENTO.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_045.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_045.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INSTALAÇÃO DO PLAYGROUND NA PRAÇA DA AMIZADE.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2619/requerimento_046.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2619/requerimento_046.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O AUXÍLIO TRANSPORTE AOS ESTUDANTES UNIVERSITÁRIOS E TÉCNICOS NAS CIDADES DE ITUVERAVA, FRANCA E UBERABA.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2620/requerimento_047.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2620/requerimento_047.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INSTALAÇÃO DE INTERNET WI FI DE ACESSO GRATUITO NA CASA DE APOIO DE BARRETOS.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_048.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_048.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ÔNIBUS ESCOLAR DE PLACA BYI 3119, QUE TRANSPORTA ALUNOS DA APAE.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>CARLOS ROBERTO RODRIGUES LIMA, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2629/requerimento_049.2024._rinaldo_e_carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2629/requerimento_049.2024._rinaldo_e_carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CARGO DE AGENTE DE DESENVOLVIMENTO INFANTIL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2628/requerimento_050.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2628/requerimento_050.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS PLAYGROUNDS QUE ESTÃO SENDO INSTALADOS NAS PRAÇAS PÚBLICAS DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, GILMAR FERNANDES, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2630/requerimento_051.2024._rinaldo_gilmar_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2630/requerimento_051.2024._rinaldo_gilmar_e_carla.pdf</t>
   </si>
   <si>
     <t>REQUEREM INFORMAÇÕES SOBRE O PROGRAMA DENOMINADO FRENTE DE TRABALHO.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2643/requerimento_052.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2643/requerimento_052.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A POSSIBILIDADE DE INSTALAÇÃO DE BRAÇOS DE LUZ NA ESTRADA DE INTERLIGAÇÃO DO BAIRRO RICARDO BOZZOLA AO JARDIM BOTHÂNICO.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_053.2024._rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_053.2024._rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AOS PACIENTES DE IGARAPAVA ATENDIDOS NO HOSPITAL DO AMOR DE BARRETOS.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2652/requerimento_054.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2652/requerimento_054.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE MELHORIAS NA ILUMINAÇÃO DO CEMITÉRIO E REFORMA E SUA CAPELA.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2653/requerimento_055.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2653/requerimento_055.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AÇÕES DE COMBATE ÀS INFESTAÇÕES DE CARRAPATOS.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2654/requerimento_056.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2654/requerimento_056.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A ATUAÇÃO DO MUNICÍPIO EM CASO DE MAUS TRATOS DE ANIMAIS.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2655/requerimento_057.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2655/requerimento_057.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CRONOGRAMA DE LIMPEZA E ROÇAGEM DE MATO NA CIDADE.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A CONTRUÇÃO DE PIER FLUTUANTE E A INSTALAÇÃO DO BAR CONTAINER NA PRAIA DA REVOLUÇÃO.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2657/requerimento_059.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2657/requerimento_059.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A CONSTRUÇÃO DO MERCADO MUNICIPAL DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2668/requerimento_060.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2668/requerimento_060.2024._gelio.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS VEÍCULOS UTILIZADOS NA MANUTENÇÃO DAS ESTRADAS RURAIS DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2685/requerimento_061.2024._edinamar_rinaldo_carla_gilmar_e_carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2685/requerimento_061.2024._edinamar_rinaldo_carla_gilmar_e_carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEREM INFORMAÇÕES SOBRE OS R$ 24.500.000,00 PELA DELEGAÇÃO DE SERVIÇOS PÚBLICOS MEDIANTE CONCESSÃO.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2671/requerimento_062.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2671/requerimento_062.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES E DOCUMENTOS SOBRE O DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2684/requerimento_063.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2684/requerimento_063.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ECOPONTO.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>CARLOS ROBERTO RODRIGUES LIMA, EDINAMAR APARECIDA ISETE DA COSTA, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2686/requerimento_064.2024._edinamar_rinaldo_e_carlos.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2686/requerimento_064.2024._edinamar_rinaldo_e_carlos.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS ÀS OPERAÇÕES DE CRÉDITOS AUTORIZADAS PELAS LEIS 965, 966 E 967/2021.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2689/requerimento_065.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2689/requerimento_065.2024._frederick.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A EXECUÇÃO DE SEU PEDIDO ENCAMINHADO PELA INDICAÇÃO 042/2024 QUE SOLICITAVA OBRAS DE SANEAMENTO BÁSICO NA RUA VANTUIL DOS REIS DE PAULA E TAMBÉM A CONSTRUÇÃO DE LOMBADA.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2690/requerimento_066.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2690/requerimento_066.2024._frederick.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANTEPROJETO DE LEI 008/2024, QUE POR ELE FOI SOLICITADO ESTUDOS DE ESTENDER AOS CONSELHEIROS TUTELARES O VALE ALIMENTAÇÃO DESTINADOS AOS SERVIDORES PÚBLICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2691/requerimento_067.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2691/requerimento_067.2024._frederick.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INDICAÇÃO 041/2024 QUE, PELA QUAL FOI SOLICITADO OBRAS DE SANEAMENTO BÁSICO E PAVIMENTAÇÃO NAS RUAS BERNABÉ ALVES CARDOSO E CHISTINA MENDONÇA CARDOSO, NÚCLEO QUEROSENE.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2692/requerimento_068.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2692/requerimento_068.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE MENSAGEM PUBLICADA EM VÍDEO SOBRE O MUTIRÃO DE CASTRAÇÃO.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2713/requerimento_069.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2713/requerimento_069.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFOMAÇÕES SOBRE AUTOS DE VISTORIA DO CORPOS DE BOMBEIROS NAS UNIDADES DE SAÚDE E ENSINO.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>GILMAR FERNANDES, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2720/requerimento_70.2024_rinaldo_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2720/requerimento_70.2024_rinaldo_e_gilmar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REFORMA DOS SANITÁRIOS DO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2714/requerimento_071.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2714/requerimento_071.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CONTRATO ADMINISTRATIVO Nº 276/2022, FIRMADO COM A EMPRESA A AMAZON - ME.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2715/requerimento_072.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2715/requerimento_072.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AO PROJETO DE LEI 018/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2716/requerimento_073.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2716/requerimento_073.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A MANUTENÇÃO DAS ACADEMIAS AO AR LIVRE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2717/requerimento_074.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2717/requerimento_074.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AO DEPARTAMENTO FINANCEIRO MUNICIPAL.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2721/requerimento_075.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2721/requerimento_075.2024._frederick.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AOS ANTEPROJETOS DE LEI 089/2022 E 091/2022.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2722/requerimento_076.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2722/requerimento_076.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATES ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2723/requerimento_077.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2723/requerimento_077.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE SALDO DE RECURSOS REFERENTE AO REPASSE DOS PROFISSIONAIS DE SAÚDE.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_078.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_078.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROJETO DE LEI 018/2024 DO EXECUTIVO E SOBRE A RESOLUÇÃO SS Nº 18 DE 08/02/2024.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_079.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_079.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROJETO DE LEI 014/2024 DO EXECUTIVO E SOBRE A RESOLUÇÃO CITADA NO PROJETO, RESOLUÇÃO SS Nº 155 DE 11/11/2022.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2752/requerimento_080.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2752/requerimento_080.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES E ENVIO DE DOCUMENTOS RELACIONADOS AO EDITAL DE CHAMAMENTO 007/2023 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2784/requerimento_081.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2784/requerimento_081.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUEER A CONVOCAÇÃO DOS SRS. LUAN SOARES DA SILVA, CHEFE DE GABINETE, ARMANDO CHRISTIAN FAGGIONI BORTOLETTO, CHEFE DE DIVISÃO DE TURISMO E JEAN CARLOS JOSÉ SANTANA, CHEFE DA DIVISÃO DE ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2785/requerimento_082.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2785/requerimento_082.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AO PROJETO DE LEI 017/2024 DO EXECUTIVO QUE TRATA DE CONVÊNIO DO EXECUTIVO COM A SANTA CASA DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_083.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_083.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SR. DEGMAR DAMACENO, DIR. DO DEPARTAMENTO DE MANUTENÇÃO E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2802/requerimento_084.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2802/requerimento_084.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE INVERNO SOLIDARIO.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_085.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_085.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A CLÍNICA VETERINÁRIA</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, EDINAMAR APARECIDA ISETE DA COSTA, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2812/requerimento_086.2024._edinamar_carlos_rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2812/requerimento_086.2024._edinamar_carlos_rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>REQUEREM INFORMAÇÕES SOBRE A CONSTRUÇÃO DA CRECHE DO JARDIM BOTHÂNICO.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_087.2024._edinamar_carlos_rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_087.2024._edinamar_carlos_rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O LEILÃO DE VEÍCULOS MENCIONADOS NO EDITAL DE LEILÃO 001/2024</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_088.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_088.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REALIZAÇÃO DA 43º FESTA DA CANA DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_089.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_089.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INSTALAÇÃO DE POSTE DE ILUMINAÇÃO PÚBLICA NA TRAVESSA MINAS GERAIS.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2919/requerimento_91.2024._carla_adriana..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2919/requerimento_91.2024._carla_adriana..pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO CONTRATO 059/2023; DA INEXIGIBILIDADE DE LICITAÇÃP N. 0001/2023 ENTRE A PREFEITURA MUNICIPAL DE IGARAPAVA E A EMPRESA MILTON JESUS DE ARÁUJO COMÉRCIO E EVENTOS LTDA, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>RINALDO GROU GOBBI, GILMAR FERNANDES</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2920/requerimento_n._92.2024._rinaldo_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2920/requerimento_n._92.2024._rinaldo_e_gilmar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS ENTIDADES ASSISTIDAS PELO CONSELHO MUNICIPAL DE DIREITOS DA CRIANÇA E DO ADOLESCENTE, E OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n._93.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n._93.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE SUBSÍDIO/AUXÍLIO TRANSPORTE, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2940/requerimento_n._94.2024._carla..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2940/requerimento_n._94.2024._carla..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS PROCEDIMENTOS DE IMPLANTAÇÃO DENTÁRIO GRATUITO NO MUNICÍPIO, DENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>ANA LUIZA RILKO MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_95.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_95.2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CUMPRIMENTO DO CONTRATO DA COLETA DE LIXO NO MUNICÍPIO</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2938/requerimento_96.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2938/requerimento_96.2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS FUNCIONÁRIOS MUNICIPAIS CEDIDOS A OUTROS ÓRGÃOS DO PODER PÚBLICO</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2941/requerimento_n._97.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2941/requerimento_n._97.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A MERENDA ESCOLAR, E OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_n._98.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_n._98.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CESTAS BÁSICAS, E OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_n._99.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_n._99.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS À RESPOSTA DO EXECUTIVO, REFERENTE AO REQUERIMENTO N. 72.2024.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_n._100.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_n._100.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A RETOMADA DO CONVÊNIO DE CASTRAÇÕES JUNTO À FAFRAM - ITUVERAVA, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2953/requerimento_n._101.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2953/requerimento_n._101.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE  AUTORIZAÇÃO DE PASSAGEM DAS REDES DE ÁGUA E ESGOTO DO NOVO DISTRITO INDUSTRIAL PELA RODOVIA SP-328, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2954/requerimento_n._102.2024._wagner..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2954/requerimento_n._102.2024._wagner..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS OBRAS EM CONSTRUÇÃO NO MUNICIPIO, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>ANA LUIZA RILKO MATTAR, CARLA ADRIANA MENDONÇA, WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2973/requerimento_n._103.2024._ana_luiza._carla._wagner_-__convocacao..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2973/requerimento_n._103.2024._ana_luiza._carla._wagner_-__convocacao..pdf</t>
   </si>
   <si>
     <t>REQUEREM A CONVOCAÇÃO DA DIRETORA DE DEPARTAMENTO DE FINANÇAS - DRA. ADÉLIA DE PAULA E DA DIRETORA DO DEPARTAMENTO DE ENGENHARIA - DENISE HELENA SALVIANO MARCELINO.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n._104.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n._104.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DETALHADAS SOBRE MOBILIÁRIO VINCULADO AO DEPARTAMENTO DE EDUCAÇÃO, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n._105.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n._105.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>REQUER ESCLARECIMENTOS SOBRE O USO DO BRINQUEDO DESTINADO A CRIANÇAS COM DEFICIÊNCIA FÍSICA NA PRAÇA SINHÁ JUNQUEIRA, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n._106.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n._106.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PACIENTES QUE NECESSITAM SE DESLOCAR PARA TRATAMENTO DE SAÚDE EM OUTRAS CIDADES, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2982/requerimento_107.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2982/requerimento_107.2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A CONSTRUÇÃO DA QUADRA DE AREIA NO GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3000/requerimento_n._108.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3000/requerimento_n._108.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANDAMENTO DAS CONSULTAS OFTALMOLÓGICAS DOS ALUNOS QUE PARTICIPARAM DA PRÉ-CONSULTA NAS ESCOLAS, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2984/requerimento_109.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2984/requerimento_109.2024.pdf</t>
   </si>
   <si>
     <t>REQUERER INFORMAÇÕES SOBRE A DISTRIBUIÇÃO DE FRALDAS E DIETAS PARA PACIENTES, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2987/requerimento_110.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2987/requerimento_110.2024.pdf</t>
   </si>
   <si>
     <t>REQUERER INFORMAÇÕES SOBRE A ENTREGA  DO MATERIAL ESCOLAR DA REDE MUNICIPAL, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2983/requerimento_111.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2983/requerimento_111.2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REFORMA DO PISO DO GINÁSIO DE ESPORTES MUNICIPAL, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n._112.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n._112.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DE QUAIS OS DIAS DA SEMANA E OS HORÁRIOS PREVISTOS PARA A COLETA DE LIXO NO BAIRRO CAMPO DE AVIAÇÃO, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2994/requerimento_n._113.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2994/requerimento_n._113.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROGRAMA ESTADUAL "RESPEITO À VIDA", ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2988/requerimento_n._114.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2988/requerimento_n._114.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A  ÁREA INSTITUCIONAL DO BAIRO RECANTO DOS PINHEIROS, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n._115.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n._115.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE LISTAGEM COMPLETA DOS NOMES DOS ESPECIALISTAS QUE COMPÕE O CORPO CLINICO DA SANTA CASA DE MISERICÓRDIA DE IGARAPAVA, ENTRE OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3142/requerimento_116.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3142/requerimento_116.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O LEILÃO Nº 001/2024 REALIZADO NO DIA 04 DE JUNHO DE 2024.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3143/requerimento_117.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3143/requerimento_117.2024._carla.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS PROCEDIMENTOS LICITATÓRIOS PARA A PAVIMENTAÇÃO E RECAPEAMENTO DO MUNICIPIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3104/requerimento_118.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3104/requerimento_118.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ESTUDOS SOBRE O GRANDE FLUXO DE VEÍCULOS NA RUA BERNADINO DE CAMPOS.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3105/requerimento_119.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3105/requerimento_119.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE FUNCIONÁRIOS PRESTANDO SERVIÇOS NA PRAÇA SINHA JUNQUEIRA.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3106/requerimento_120.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3106/requerimento_120.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS GASTOS COM COMBUSTIVEL E QUILOMETRAGEM DO VEÍCULO ARGO GGQ8H81.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3144/requerimento_121.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3144/requerimento_121.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A EMPRESA IGARAPAVA SANEAMENTO.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3231/requerimento_122.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3231/requerimento_122.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE SUPLEMENTAÇÃO, TRANSFERÊNCIA, REMANEJAMENTO E TRANSPOSIÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_123.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_123.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A EMPRESA VENCEDORA DA LICITAÇÃO PARA MANUTENÇÃO NAS PISCINAS DO CLUBE DA 3º IDADE.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3249/requerimento_124.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3249/requerimento_124.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ACERCA DO MOTOR DA PRENSA DA ASSOCIAÇÃO DOS CATADORES DE RECICLAVEIS.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3250/requerimento_126.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3250/requerimento_126.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANTIGO ATERRO SANITÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3308/requerimento_127.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3308/requerimento_127.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A LISTA DE ESPERA PARA ATENDIMENTO COM PSICÓLOGO NO CENTRO DE ATENÇÃO PSICOSSOCIAL E QUANTIDADE DE PSICÓLOGOS NO CAPS.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3329/requerimento_128.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3329/requerimento_128.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INTERVENÇÃO DA SANTA CASA PELA PREFEITURA MUNICIPAL DE IGARAPAVA.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3310/requerimento_129.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3310/requerimento_129.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INTERVENÇÃO DA SANTA CASA DE IGARAPAVA PELO EXECUTIVO.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_130.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_130.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFROMAÇÕES SOBRE A CONTRATAÇÃO DO INTERVENTOR DA SANTA CASA DE MISERICÓRDIA DE IGARAPAVA.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_131.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_131.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REALIZAÇÃO DE EXAMES LABORATORIAIS, DEMANDA REPRIMIDA E O TEMPO DE ESPERA DOS EXAMES.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3313/requerimento_132.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3313/requerimento_132.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROGRAMA DE TELEMEDICINA OFERECIDO PELA SANTA CASA DE IGARAPAVA.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3314/requerimento_133.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3314/requerimento_133.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕE SOBRE OS RECURSOS NO VALOR DE R$ 300.000,00 DESTINADOS VIA EMENDA PARLAMENTAR PARA SERVIÇOS MÉDICOS DE MÉDIA E ALTA COMPLEXIDADE.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3315/requerimento_134.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3315/requerimento_134.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBE INTERNAÇÕES VIA SUS E VIA PRIVADO PELA SANTA CASA NO PERÍODO DE 2018 E 2024 E TAMBÉM SOBRE EXAMES DE ULTRASSONOGRAFIA.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3393/requerimento_135.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3393/requerimento_135.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CUMPRIMENTO DA LEI MUNICIPAL 1170 DE 26 DE JUNHO DE 2024.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3391/requerimento_136.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3391/requerimento_136.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROTOCOLO DE INTENSÕES DA EMPRESA CORPO DOURADO.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3392/requerimento_137.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3392/requerimento_137.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DO NÚMERO DE PESSOAS CONTRATADAS/ADMITIDAS NA CONDIÇÃO DE FUNCIONÁRIO/COLABORADOR PELA SANTA CASA DE 01 DE ABRIL À 31 DE AGOSTO DE 2024.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3395/requerimento_138.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3395/requerimento_138.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PLANO DE AÇÃO PARA COMBATE ÀS QUEIMADAS QUE ESTÃO AFETANDO O MUNICÍPIO, ESPECIALMENTE DAS ESCOLAS RODEADAS DE CANAVIAIS.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3416/requerimento_139.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3416/requerimento_139.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O MOTIVO PELO QUAL OS PROFESSORES VÃO TER QUE TRABALHAR NO DIA 07 DE SETEMBRO.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3414/requerimento_de_destaque_para_votacao_em_separado.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3414/requerimento_de_destaque_para_votacao_em_separado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE DESTAQUE PARA VOTAÇÃO EM SEPARADO DO ART. 4º DA PROPOSTA DE EMENDA À LEI ORGÂNICA 006/2024 DA MESA DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3436/requerimento_141.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3436/requerimento_141.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS A LEI PAULO GUSTAVO.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3437/requerimento_142.2024._wagner.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3437/requerimento_142.2024._wagner.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS AOS VALORES DEPOSITADOS PELA EMPRESA IGARAPAVA SANEAMENTO.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3468/requerimento_143.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3468/requerimento_143.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE PROBLEMAS NO ASFALTO DA RUA ZECA MARÇAL.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3492/requerimento_144.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3492/requerimento_144.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A RUA DA GASTRONOMIA.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3496/requerimento_145.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3496/requerimento_145.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES RELACIONADAS À ATENÇÃO E CUIDADO ASSITÊNCIA DE SAÚDE DA MULHER.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3497/requerimento_146.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3497/requerimento_146.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES RELACIONADAS AOS ACIDENTES DE TRABALHO OCORRIDOS NOS ÚLTIMOS 5 ANOS.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3514/requerimento_147.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3514/requerimento_147.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DA DEMANDA REPRIMIDA DE EXAMES.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_148.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_148.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A EMPRES USA- UNIÃO SAÚDE E APOIO.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3513/requerimento_149.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3513/requerimento_149.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>RQUER INFORMAÇÕES SOBRE A MANUTENÇÃO DAS VANS UTILIZADS NO TRANSPORTE DE PACIENTES PARA A CIDADE DE BARRETOS.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3519/requerimento_150.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3519/requerimento_150.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE A PRESTAÇÃO DE SERVIÇO DE ABASTECIMENTO DE ÁGUA E ESGOTO NO MUNICÍPIO IGARAPAVA.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_151.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_151.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS PROFISSIONAIS PLANTONISTAS DA SANTA CASA.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3528/requerimento_152.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3528/requerimento_152.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PLACA DE HOMENAGEM À SRA. MARCINA MACIEL GOBBI DA ENTRADA DO CRAS.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3539/requerimento_153.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3539/requerimento_153.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A COZINHA PILOTO.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3540/requerimento_154.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3540/requerimento_154.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O SISTEMA DE AR CONDICIONADO DA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3541/requerimento_155.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3541/requerimento_155.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CENTRO DE ATENÇÃO PSICOSSOCIAL (CAPS).</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3547/requerimento_156.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3547/requerimento_156.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS INSTALAÇÕES ELÉTRICAS NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3554/requerimento_no_157.2024_-_edil_ana_luiza_rilko_mattar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3554/requerimento_no_157.2024_-_edil_ana_luiza_rilko_mattar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE FILA DE ESPERA PARA CONSULTAS NA ÁREA DE ORTOPEDIA E A FILA DE ESPERA PARA CIRURGIAS ORTOPÉDICAS DE PRÓTESES</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3567/requerimento_158.2024._wagner.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3567/requerimento_158.2024._wagner.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DA DIRETORA DO DEPARTAMENTO DE FINANÇAS DRA. ADÉLIA DE PAULA.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3576/requerimento_159.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3576/requerimento_159.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PROCESSOS ADMINISTRATIVOS DISCIPLINARES ABERTOS ENTRE O ANO DE 2017 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3577/requerimento_160.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3577/requerimento_160.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE SOBRE A LEI 1148/2024.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3578/requerimento_162.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3578/requerimento_162.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS FILA DE ESPERA DE CIRURGIAS DE VESICULA.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>ANA LUIZA RILKO MATTAR, RINALDO GROU GOBBI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3579/requerimento_163.2024._ana_luiza_e_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3579/requerimento_163.2024._ana_luiza_e_rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS OBRAS INICIADAS NA ROTATÓRIA DA IGP 060 E IGP 020.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3585/requerimento_n._164.2024._ana_luiza_rilko_mattar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3585/requerimento_n._164.2024._ana_luiza_rilko_mattar.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O MOTIVO DA INTERRUPÇÃO DO SERVIÇO DE COLETA DE LIXO NA CIDADE.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_165.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_165.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ATENDIMENTOS NA SANTA CASA DE MISERICÓRDIA DE IGARAPAVA.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3591/requerimento_166.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3591/requerimento_166.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CENTRO ODONTOLÓGICO.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3592/requerimento_167.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3592/requerimento_167.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ENCERRAMENTO DO PROJETO DE APRESENTAÇÃO DA BANDA MARCIAL.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3593/requerimento_168.2024._ana_luiza.pdf_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3593/requerimento_168.2024._ana_luiza.pdf_.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ÔNIBUS QUE TRANSPORTA ALUNOS PARA A APAE.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3611/requerimento_169.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3611/requerimento_169.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE A DEMORA DO AGENDAMENTO DE CONSULTAS COM ENDOCRINOLOGISTA.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3612/requerimento_170.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3612/requerimento_170.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A LIMPEZA E MANUTENÇÃO DOS APARELHOS DE AR CONDICIONADO NAS INSTALAÇÕES DA SANTA CASA.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3613/requerimento_171.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3613/requerimento_171.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A AUSÊNCIA DE MÉDICOS ESPECIALISTAS NAS UNIDADES DE SAÚDE DO  MUNICÍPIO.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3614/requerimento_172.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3614/requerimento_172.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS APARELHOS DE AR CONDICIONADOS DA SALA DE ODONTOLOGIA DA ESTRATÉGIA DE SAÚDE DA FAMILIA DO BAIRRO DA SAUDADE.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3615/requerimento_173.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3615/requerimento_173.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS CONTRATOS DE PRESTAÇÃO DE SERVIÇOS MÉDICOS ESPECIALISTAS E SEUS ATENDIMENTOS NOS ANOS DE 2023 E 2024</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3619/requerimento_174.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3619/requerimento_174.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS APARELHOS DE AR CONDICIONADO, SOBRE O BEBEDOURO DE ÁGUA E O CONTROLE DE PONTO DOS FUNCIONÁRIOS DA CASA DA CULTURA.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3620/requerimento_175.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3620/requerimento_175.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A COBERTURA VACINAL NA PRIMEIRA INFANCIA, ABRANGENDO OS ANOS DE 2022, 2023 E 2024.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>ANA LUIZA RILKO MATTAR, CARLOS ROBERTO RODRIGUES LIMA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3633/requerimento_176.2024._ana_luiza_e_carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3633/requerimento_176.2024._ana_luiza_e_carlos_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEREM INFORMAÇÕES SOBRE O ANDAMENTO DA COMPRA DAS CAMAS ANTOMÁTICAS DA SANTA CASA.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3635/requerimento_177.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3635/requerimento_177.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS ARTROPLASTIAS REALIZADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3651/requerimento_178.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3651/requerimento_178.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A RESPONSABILIDADE DE GESTÃO E MANUTENÇÃO DA AV. JOÃO AUGUSTO DE FREITAS.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3652/requerimento_179.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3652/requerimento_179.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS SERVIÇOS PRESTADOS PELA EMPRESA QFROTAS SISTEMAS LTDA.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3664/requerimento_180.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3664/requerimento_180.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFOMAÇÕES ACERCA DA MERENDA ESCOLAR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2307/veto_integral_ao_autografo_067.2023.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2307/veto_integral_ao_autografo_067.2023.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO AUTÓGRAFO 067/2023.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2308/veto_integral_as_emendas_substitutivas_034_e_supressiva_035.2023._proj._de_lei_040.2023.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2308/veto_integral_as_emendas_substitutivas_034_e_supressiva_035.2023._proj._de_lei_040.2023.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL À EMENDA SUBSTITUTIVA 034/2023 E À EMENDA SUPRESSIVA 035/2023 QUE ALTERARAM O PROJ. DE LEI 040/2023 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2870/veto_ao_autografo_028.2024._proj._de_lei_007.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2870/veto_ao_autografo_028.2024._proj._de_lei_007.2024._leg.pdf</t>
   </si>
   <si>
     <t>VETO AO AUTÓGRAFO 028/2024 QUE APROVOU O PROJETO DE LEI 007/2024 DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2345/indicacao_001.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2345/indicacao_001.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DE DOIS BURACOS NA RUA MANOEL PEDRO PIGNATI, BAIRRO VILA GOMES.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2346/indicacao_002.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2346/indicacao_002.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA EM TERRENO LOCALIZADO NA RUA SERTÓRIO INÁCIO, BAIRRO RECANTO DOS PINHEIROS.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_003.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_003.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E CORTE DO MATO NAS ÁREAS INTERNA E EXTERNA DA CRECHE ORLANDO GOMES DA SILVA.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2363/indicacao_004.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2363/indicacao_004.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE ISTITUA O PROGRAMA DE INCENTIVO A REGULARIZAÇÃO DE DÉBITOS, CONHECIDO COMO REFIS, JUNTO AO MUNICIPIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2348/indicacao_005.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2348/indicacao_005.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE, NO EXERCÍCIO DA AUTOTUTELA ADMINISTRATIVA, DECLARE VÍCIODE LEGALIDADE N0 § 2º ART. 2º DO DECRETO Nº 1987/2019.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_006.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_006.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFALTICO NA RUA ACRE, ENTRE OS NÚMEROS 25 E 74.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2350/indicacao_007.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2350/indicacao_007.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DESOBISTRUÇÃO E LIMPEZA DA BOCA DE LOBO ENTRE AS RUAS SALDANHA MARINHO E MAJOR NICOLAU BARTOLOMEU.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2351/indicacao_008.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2351/indicacao_008.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO OU TROCA DE PLACA DE IDENTIFICAÇÃO DO TERMINAL RODOVIÁRIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2374/indicacao_009.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2374/indicacao_009.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E ILUMINAÇÃO NAS LATERAIS DA ESTRADA QUE LIGA O BAIRRO RICARDO BOZOLA AO JARDIM BOTÂNICO.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2375/indicacao_010.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2375/indicacao_010.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO E LIMPEZA DA PRAÇA DA AMIZADE "SERGIO GARCIA".</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_011.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_011.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CONCESSÃO DE AUMENTO AO PRÊMIO DE ASSIDUIDADE INSTITUIDA A FAVOR DOS PROFISSIONAIS DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_012.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_012.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>REITERA SUA INDICAÇÕES SOBRE A LIMPEZA DAS MARGENS DO CÓRREGO SANTA RITA ENTRE AS RUAS CEL. JOSÉ ALVES FERREIRA E AV. DR. PEREIRA REBOUÇAS.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_013.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_013.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E CORTE DO MATO NAS SARJETAS NO ENTORNO DA PRAÇA AO LADO DO LOCAL DE ENTREGA DE LEITE NO BAIRRO VILA GOMES.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_014.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_014.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS E INSTALAÇÃO DE UM CONTAINER PARA DEPÓSITO DE LIXO NA RUA SEVERO JOSÉ TEIXEIRA, AO LADO DO Nº 261, VILA GOMES.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_015.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_015.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E CORTE DO MATO ENTRE A RUA JOAQUINA ANGÉLICA FERREIRA, TRECHO ENTRE A ESCOLA PROF. BIZUTTI ATÉ O BAIRRO ALCEU MOLINA.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_016.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_016.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DISPONIBILIZAÇÃO DO FUMACÊ PARA A PULVERIZAÇÃO EM COMBATE AO MOSQUITO DA DENGUE.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_017.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_017.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MEDIDAS NO QUE DIZ RESPEITO AOS TERRENOS URBANOS BALDIOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2386/indicacao_018.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2386/indicacao_018.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE BOCAS DE LOBO NO CRUZAMENTO DA RUA SALDANHA MARINHO COM O CÓRREGO DAS MAROCAS, VILA GOMES.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2391/indicacao_019.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2391/indicacao_019.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DISPONIBILIZAÇÃO DE UMA CESTA BÁSICA AOS FUNCIONÁRIOS DA FRENTE DE TRABALHO DURANTE A VIGÊNCIA DO CONTRATO.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_020.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_020.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E REVITALIZAÇÃO DA PRAÇA DO BAIRRO FELÍCIO BICHUETTE.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_021.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_021.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS OU O RECAPEAMENTO NA RUA JOSÉ FAUSTINO MARQUEM, CONJUNTO ASSAD SALIM.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2412/indicacao_022.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2412/indicacao_022.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A PREFEITURA NOTIFIQUE O PROPRIETÁRIO DO IMÓVEL NO CRUZAMENTO DAS RUAS JOSÉ RIBEIRO DOS SANTOS COM A RUA BRANCA MARCACINI PARA QUE FAÇA A LIMPEZA DE SEU IMÓVEL.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_023.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_023.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE NOTIFIQUE AS EMPRESAS DE TELEFONIA E DE INTERNET PARA QUE REGULARIZEM OS FIOS SOLTOS E ABANDONADOS NOS POSTES DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_024.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_024.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA PROJETO DE REVITALIZAÇÃO DA PRAÇA PROF. GILBERTO SOARES DOS SANTOS.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2415/indicacao_025.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2415/indicacao_025.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA DE ÁRVORE DEFRONTE AO PÓLO UNIVERSITÁRIO NA RUA AZARIA ARANTES.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_026.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_026.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLEMENTAÇÃO DE UM BANCO DE RAÇÕES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_027.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_027.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA ÁREA DE CAPTAÇÃO DE ÁGUA NA ÁREA DE PRESERVAÇÃO DO CENTRO DE MEIO AMBIENTE IVAN JOSÉ GOBBI.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_028.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_028.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO TERRENO LOCALIZADO NA RUA FRANCISCO R DA SILVA.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_029.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_029.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS OU RECAPEAMENTO, A LIMPEZA E MANUTENÇÃO DO MEIO FIO NA RUA JOSÉ TEIXEIRA COM A RUA JOSÉ FASUTINO.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2437/indicacao_030.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2437/indicacao_030.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA VIABILIDADE DE MELHORIA NA DRENAGEM DAS ÁGUAS PLUVIAIS QUE ESCOAM DO CONJUNTO IGARAPAVA F.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2438/indicacao_031.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2438/indicacao_031.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA CEL. JOAQUIM ALVES FERREIRA.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_032.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_032.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA RUA WALTER VENÂNCIO RAMOS, DEFRONTE AO Nº 28.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2440/indicacao_033.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2440/indicacao_033.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE NOTIFIQUE OS PROPRIETÁRIOS DOS TERRENOA BALDIOS LOCALIZADOS NO BAIRRO JARDIM HAVAI. PARA QUE FAÇA A LIMPEZA DOS MESMOS.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_034.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_034.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO AO EXECUTIVO A CONTRATAÇÃO DE FORMA TEMPORÁRIA DE EMPRESA ESPECIALIZADA PARA A LIMPEZA DAS VIAS DA CIDADE.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2453/indicacao_035.2024._rinaldo_carlos_roberto_carla_dra._edinamar_gilmar_e_frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2453/indicacao_035.2024._rinaldo_carlos_roberto_carla_dra._edinamar_gilmar_e_frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE ESTUDOS PARA QUE TODOS MUNÍCIPES POSSAM TER ENTRADA GRATUITA NA FESTA DA CANA.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_036.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_036.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DOS BANHEIROS DA PRAÇA SINHÁ JUNQUEIRA.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2479/indicacao_037.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2479/indicacao_037.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO O RECAPEAMENTO ASFÁLTICO ENTRE AS VIAS ÉTORE FAGGIONI E AV. JOÃO AUGUSTO DE FREITAS.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_038.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_038.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DE TODA A EXTENSÃO DA RUA CEL. JOAQUIM ALVES FERREIRA.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_039.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_039.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DO ASFALTO DA RUA CAIRES PINTO DE FRONTE AO NÚMEROS 25 E 83.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_040.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_040.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MUDANÇA DE SINTIDO DUPLO PARA MÃO ÚNICA DA RUA LIMÍRIO GALVÃO, RUA DO CENTRO EDUCACIONAL DA FUNDAÇÃO SINHÁ JUNQUEIRA.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_041.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_041.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA BENFEITORIAS NAS RUAS BERNABÉ ALVES CARDOSO E CRISTINA MENDONÇA CARDOSO, NÚCLEO QUEROSENE.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_042.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_042.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA BENFEITORIAS NA RUA VANTUIL DOS REIS DE PAULA.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_043.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_043.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA MANOEL PEDRO PIMENTEL.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_044.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_044.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA CAP. ANSELMO DE BARCELOS, PARTE QUE SE INICIA NA ESQUINA DA ESCOLA ALFREDO CESÁRIO DE OLIVEIRA ATÉ A PRAÇA DE EVENTOS.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_045.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_045.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA COM LAMPADAS DE LED NA ESTRADA VICINAL QUE LIGA O BAIRRO PINHEIROS À FAZENDA ALIANÇA.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_046.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_046.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE ESTUDE A LEGALIDADE E VIABILIDADE ORÇAMENTÁRIA PARA A CONCESSÃO DE ADICIONAL DE INSALUBRIDADE E PAGAMENTO DE DIÁRIAS PARA AS AD' QUE FAZEM ALINHA DA APAE.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_047.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_047.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E CORTE DO MATO NO ENTORNO DA PRAÇA AO LADO DA ENTREGA DE LEITE NO BAIRRO DA VILA GOMES.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2495/indicacao_048.2024._rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2495/indicacao_048.2024._rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO EXECUTIVO A INCLUSÃO DE UMA LINHA DE ÔNIBUS ÀS 04 HORAS DA MANHÂ OU UM CARRO PARA TRANSPORTAR OS SERVIDORES PÚBLICOS QUE TABALHAM NO PERÍODO DA MADRUGADA.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2496/indicacao_049.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2496/indicacao_049.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E CAPINA DO MATO DAS CALÇADAS E SARJETAS DA RUA CAP. CHICO RIBEIRO ATÉ AV. 22 DE MAIO.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_050.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_050.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A CONSTRUÇÃO DE CANALETA DE CAPTAÇÃO DE ÁGUA NO CRUZAMENTO DAS RUAS FRANCISCO MÁXIMO BALIEIRO E KLEBER PIEDADE E TAPA BURACOS DEFRONTE A EMPRESA SILVA E SILVA.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>CLAUDIO REIS VILAS BOAS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_051.2024._claudio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_051.2024._claudio.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DAS LOMBADAS AO LONGO DA VICINAL ORESTES SOARES DA SILVA.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_052.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_052.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A REALIZAÇÃO DE ESTUDOS COM O OBJETIVO DE FIRMAR CONVÊNIO COM A SANTA CASA DE ITUVERAVA PARA A REALIZAÇÃO DE EXAMES DE IMAGEM.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_053.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_053.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LIXEIRA NA RUA SEVERO JOSÉ TEIXEIRA AO LADO DA CASA DE Nº 237.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_054.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_054.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE GUARD RAIL NO FINAL DA RUA CEL. JOSQUIM ALVES FERREIRA, INTERLIGAÇÃO COM A RUA JOSÉ CAETANO DE MENEZES.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2519/indicacao_055.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2519/indicacao_055.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO O CORTE DO MATO E PAVIMENTAÇÃO NA ALAMEDA ADÃO RODRIGUES A PARTIR DO Nº 227, ATÉ O FINAL DO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_056.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_056.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA RUA MANOEL PEDRO PIMENTEL, AO LADO DA MERCEARIA DO JOSÉ COLUCCI, ENTE OS Nº 1113 E 121B.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_057.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_057.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACO OU RECAPEAMENTO NA V. MACIEL DEFRONTE AO Nº 613.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_058.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_058.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA SINALIZAÇÃO TANTO VERTICAL COMO HORIZONTAL NAS RUAS EURÍPEDES RODRIGUES DE LIMA, ALAMEDA ALBERTO PERIM E VIRGÍLIO MARCACINI.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2542/indicacao_059.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2542/indicacao_059.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A COLOCAÇÃO DE BRAÇOS DE ILUMINAÇÃO NA RUA PASCHOAL BOZZOLA, BAIRRO MORADA DO VERDE.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_060.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_060.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A LOCAÇÃO DE UMA CASA DE APOIO NA CIDADE DE RIBEIRÃO PRETO PARA OS PACIENTES QUE REALIZAM TRATAMENTO NO HOSPITAL DAS CLÍNICAS.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_061.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_061.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO O RECAPEAMENTO DE TODA A EXTENSÃO DA RUA MANOEL MACIEL FILHO.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_062.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_062.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS E CONSTRUÇÃO DE CANALETA NA RUA GENERALDO FERREIRA DE MENDONÇA, DEFRONTE AO Nº. 455.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_063.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_063.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE CANALETA/DEPRESSÃO DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NA RUA FIORAVANTE BORDON, TRECHO COMPREENDIDO ENTRE AS RUA CEL. JOSÉ ALVES FERREIRA.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_064.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_064.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_065.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_065.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REFEITO O SERVIÇO DEFRONTE AO "REGINALDO SALGADO" COM MATERIAIS DE MELHOR QUALIDADE.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_066.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_066.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A LIMPEZA DA CALÇADA DA UBS VILA MARILENE.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_067.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_067.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFALTICO DA RUA SALDANHA MARINHO NA ALTURA DO Nº 201, JARDIM SANTA MARIA.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_068.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_068.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA FRANCISCO BATISTA DE SOUZA, ALTURA DO NÚMERO 12 ATÉ O 1802, JARDIM SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_069.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_069.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE CALÇADA PÚBLICA NO ENTORNO DO GINÁSIO MUNICIPAL DE ESPORTES, AO LADO DA RUA AMADEU GARCIA.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_070.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_070.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE DIMINUA O CUMPRIMENTO DO CANTEIRO CENTRAL DA AV. DR. PEREIRA REBOUÇAS, PRÓXIMO AO CRUZAMENTO COM A RUA NASSER ANTÔNIO, FACILINDO A CONVERSÃO DE VEÍCULOS LONGOS.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_071.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_071.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE UMA LIXEIRA NA RUA ANTÔNIO CORREA, JARDIM BOTHANICO.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_072.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_072.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO OU TROCA DAS TABELAS DE BASQUETE E INSTALAÇÃO DE SUAS BASES NAS QUADRAS DOS BAIRROS DA CIDADE.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2580/indicacao_073.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2580/indicacao_073.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE PONTO DE ÔNIBUS NA PRAÇA PAULINO DE CARVALHO, DE FRONTE OS PREDINHOS.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_074.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_074.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO SERVIÇO DE SOLDA NA DOBRADIÇA DO PORTÃO LATERAL DA QUADRA ESPORTIVA DA EMEF CAP. CHICO RIBEIRO.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2597/indicacao_n._75.2024_-_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2597/indicacao_n._75.2024_-_rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO AMPLIAÇÃO DO PORTÃO DO GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2606/indicacao_076.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2606/indicacao_076.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OPERAÇÃO TAPA BURACOS OU RECAPEAMENTO NA RUA ANTÔNIA BORTOLETTO, DEFRONTE AO Nº 596, ESQUINA COM ZECA MARÇAL.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2607/indicacao_077.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2607/indicacao_077.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OPERAÇÃO TAPA BURACOS OU RECAPEAMENTO NA RUA EXPEDICIONÁRIO RODRIGUES LIMA, PRÓXIMO AO Nº 129.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2622/indicacao_078.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2622/indicacao_078.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DAS LAMPADAS DA PRAÇA PROF. GILBERTO SOARES DOS SANTOS POR LAMPADAS DE LED.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_079.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_079.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A MANUTENÇÃO DOS TACHÕES, CONHECIDOS POR TARTARUGAS, NA AV. ANTÔNIO FRANCISCO MACIEL, DEFRONTE AO ANTIGO SUPERMERCADO LIBERDADE.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2624/indicacao_080.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2624/indicacao_080.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO AS ADEQUAÇÕES NECESSÁRIAS NO TERRENO DA ÁREA INSTITUCIONAL DA PREFEITURA, NO JARDIM BOTHÂNICO.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_081.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_081.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA BENFEITORIAS NA RUA AMAZONAS, ESQUINA COM A RUA ALAGOAS.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2617/indicacao_082.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2617/indicacao_082.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO O RECAPEAMENTO NA RUA NICOLAU JORGE NUNES, CRUZAMENTO COM A RUA ABSAY DE ANDRADE</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2635/indicacao_083.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2635/indicacao_083.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE DE REDUTOR DE VELOCIDADE OU LOMBOFAIXA DEFRONTE A COZINHA PILOTO, NA RUA EXPEDICIONÁRIO EURÍPEDES RODRIGUES DE LIMA.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacao_084.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacao_084.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A MANUTENÇÃO DAS ESTRADAS RURAIS DO MUNICÍPIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacao_085.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacao_085.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PODA DAS ÁRVORES DA RUA ILKA FLEURY.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacao_086.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacao_086.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PODA DAS ÁVORES DO CANTEIRO CENTRAL DA RUA GALDINO DE ALMEIDA, DEFRONTE À CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_087.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_087.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CORREÇÃO DO CALÇAMENTO DE PARALELEPIPEDO NA RUA FLORIANO PEIXOTO.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_088.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_088.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO OPERAÇÃO TAPA BURACOS ENTRE A AV. 09 DE JULHO E RUA PEDRO ALVES MENDONÇA.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao_089.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao_089.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TOME PROVIDÊNCIAS QUANTO AO IMÓVEL LOCALIZADO NA AV. NOVE DE JULHO, Nº 455.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao_090.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao_090.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE DOBRADIÇAS NO PORTÃO DA COOPERIGA. "COOPERATIVA DE CATADORES DE RECICLÁVEIS DE IGARAPAVA."</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_091.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_091.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A REPINTURA DAS SARJETAS EM FRENTE ÀS ESCOLA E DAS CRECHES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2649/indicacao_092.2024._claudio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2649/indicacao_092.2024._claudio.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO ESTUDOS OBJETIVANDO A IMPLANTAÇÃO DO PROJETO CASA DA JUVENTUDE NA ÁREA CONCERNENTE AO MUNICÍPIO, LOCALIZADA NOS PREDINHOS.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2658/indicacao_093.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2658/indicacao_093.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A DISPONIBILIZAÇÃO AOS PACIENTES CADASTRADOS NO SISTEMA ÚNICO DE SAÚDE, QUANDO NECESSÁRIO, DE CÓPIAS DE SEUS DOCUMENTOS.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2650/indicacao_094.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2650/indicacao_094.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E O CORTE DO MATO E TAMBÉM A REMOÇÃO DO LIXO E ENTULHOS NA RUA FRANCISCO BATISTA DE SOUZA, PRÓXIMO À RESIDÊNCIA DE Nº 43.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2651/indicacao_095.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2651/indicacao_095.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA FRANCISCO BATISTA DE SOUZA, PRÓXIMO ÀS RESIDÊNCIAS DE Nº 187 E 461, COM A MAIOR URGÊNCIA POSSÍVEL.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OPERAÇÃO TAPA BURACOS NA RUA DR. GABRIEL VILELA, DEFRONTE AO Nº 1349, PRÓXIMO À PRAÇA DA SAUDADE.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao_097.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao_097.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEP. MUNICIPAL DE TRANSITO A PROIBIÇÃO DE CONVERSÃO À ESQUERDA DE QUEM DESCE PELA AV. WANDERLEY RIBEIRO, SENTIDO CENTRO PARA A RUA ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao_098.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao_098.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO NA RUA PASCHOAL BOZOLLA, DE FRONTE Á PRACINHA SOCIAL NO BARRO MONTE CASTELO.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao_099.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao_099.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE POSTE DE ILUMINAÇÃO PÚBLICA NA TRAVESSA MINAS GERAIS, BAIRRO JARDIM BEATRIZ.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao_100.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao_100.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA O NIVELAMENTO E O ALINHAMENTO DOS BLOQUETES NA RUA BENJAMIN CONSTANT, EM FRENTE AOS CREAS.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao_101.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao_101.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DO CAMPO DE MALHA, LOCALIZADO NA PRAÇA ILKA FLEURY.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>JOSÉ AGUINALDO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao_102.2024._jose_aguinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao_102.2024._jose_aguinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A MANUTENÇÃO OU TROCA DOS BANCOS DA PRAÇA ILKA FLEURY E TAMBÉM O RECAPE DAS RUAS ADJACENTES A PRAÇA.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2673/indicacao_103.2024._jose_aguinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2673/indicacao_103.2024._jose_aguinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE UM PLAYGROUND AO LADO DA ACADEMIA AO AR LIVRE DO BAIRRO EVARISTO RODRIGUES NUNES E TAMBÉM A REFORMA DA SEDE ASSOCIAÇÃO DE BAIRROS DO MESMO.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2674/indicacao_104.2024._jose_aguinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2674/indicacao_104.2024._jose_aguinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE UMA LOMBADA NA RUA BENJAMIN CONSTANT, PRÓXIMO A CRECHE DIANA KALIL.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2675/indicacao_105.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2675/indicacao_105.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM CONTAINER OU LIXEIRA NA RUA CEL. FRANCISCO MARTINS PRÓXIMO AOS Nº 1425 E 1430.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2676/indicacao_106.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2676/indicacao_106.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO POÇO D ESCOAMENTO E CAPTAÇÃO DE ÁGUA DA CHUVA, LOCALIZADO NA VIA PRÓXIMA À ROTATÓRIA ENTRE A RUA PEDRO BORTOLETTO E O BAIRRO EVARISTO RODRIGUES NUNES.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2681/indicacao_107.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2681/indicacao_107.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A REMOÇÃO DOS ENTULHOS E CAPINAÇÃO DO MATO DA CALÇADA E SARJETA DA RUA BAHIA NA ALTURA DO Nº. 176.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao_108.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao_108.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DE ASFALTO NA RUA CUSTÓDIA RIBEIRO SOARES, ALTURA DO Nº 959.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2682/indicacao_109.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2682/indicacao_109.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPARAÇÃO NA PAVIMENTAÇÃO ASFALTO (AFUNDAMENTO) EM FENTE A ACADEMIA IMPACTO.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2708/indicacao_110.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2708/indicacao_110.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LOMBADA NA RUA JOAQUINA ALVES DE FREITAS, DEFRONTE A EMEI MARIA DA CONCEIÇÃO DOS SANTOS.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2709/indicacao_111.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2709/indicacao_111.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA DOS GALHOS DE CIPRESTES DA AV. DR. WANDERLEY RIBEIRO.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2710/indicacao_112.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2710/indicacao_112.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA ENTRADA DA FEIRA DO PRODUTOR.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2711/indicacao_113.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2711/indicacao_113.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO ASFALTICA DA CONTINUAÇÃO DA RUA NATAL, S/N, JARDIM SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>LEANDRO PEREIRA GASQUI</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2730/indicacao_114.2024._leandro.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2730/indicacao_114.2024._leandro.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS ESTRUTURAL E A REVITALIZAÇÃO DOS ESPAÇOS FÍSICOS DA UBS DA VILA GOMES, DR. JAMIL JORGE FIOD.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2731/indicacao_115.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2731/indicacao_115.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DAS MARGENS DO CÓRREGO SANTA RITA, PARTE ENTRE AS RUAS NICOLAU JORGE NUNES E STÊNIO MACHADO LOUREIRO.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2732/indicacao_116.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2732/indicacao_116.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DA BUEIRO NA RUA GUILHERME PINHEIURO NETO, CRUZAMENTO COM A RUA SEBASTIÃO NOGUEIRA SILVA E TAMBÉM O TAPA BURACO AO LADO DO MENCIONADO BUEIRO.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_117.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_117.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE PLACA DENOMINANDO A RUA PROJETADA, ESTA LOCALIZADA ENTRE AS RUAS MARIA J. P. SOARES E JOÃO AUGUSTO, CONFORME A LEI MUNICIPAL 1069/2024.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_118.2024._rinaldo_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_118.2024._rinaldo_e_gilmar.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A MUDANÇA DO LOCAL DE CONTÊINER DE LIXO, E OU SUA RETIRADA DA PRAÇA DE EVENTOS.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_119.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_119.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA DE DUAS ÁRVORES LOCALIZADAS NO ENCONTRO DAS RUAS AMÉRICO PERANI E REGINALDO S CAETANO, BAIRRO WALDIR DIB MATTAR.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_120.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_120.2024._gelio.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS EM BUEIRO LOCALIZADO DEFRONTE A CASA DA RUA PEDRO ALVES DE MENDONÇA, Nº 11 C1 E TAMBÉM O SEU DESEMTUPIMENTO.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_121.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_121.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA LOGÍSTICA DA EXECUÇÃO DA COLETA DE LIXO DA CAÇAMBA LOCALIZADA NA RUA FRANCISCO BATISTA DE SOUZA.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_122.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_122.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O PROPRIETÁRIO DO TERRENO LOCALIZADO ENTRE AS RUAS FRANCISCO BATISTA DE SOUZA E PADRE ZEFERINO, DEFRONTE AO ABRIGO DOS IDOSOS SEJA NOTIFICADO PARA A LIMPEZA DE SUA PROPRIEDADE.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_123.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_123.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA CALÇADA E LIMPEZA NO ENTORNO DA EMEF. PAULO BORTOLETTO, BAIRRO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_124.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_124.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DO ASFALTO NA RUA XOZO EBISSUY DEFRONTE AO NÚMERO 111, CONJUNTO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_125.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_125.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MUDANÇA DE LOCAL DA CAÇAMBA LOCALIZADA DEFRONTE À CÂMARA MUNICIPAL DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_126.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_126.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DO MATO E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA CAÍRES PINTO, INTERLIGAÇÃO DO JARDIM BOTHÂNICO E CONJUNTO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_127.2024._claudio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_127.2024._claudio.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, JUNTO A CONSTRUÇÃO DO CAMPINHO DE FUTEBOL DO BAIRRO MONTE CASTELO, SEJA TAMBÉM INSTALADO SUA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_128.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_128.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA LOMBADA NA RUA ADIB SOUKEF, PRÓXIMO AO Nº 95, BAIRRO PORTO FELIZ.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_129.2024._carlos.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_129.2024._carlos.pdf</t>
   </si>
   <si>
     <t>SOLICITA COM A MÁXIMA URGÊNCIA A INSTALAÇÃO DE PLACA DE PROIBIDO ESTACIONAR, DE SEGUNDA A SEXTA FEIRA NOS HORÁRIOS DE EMBARQUE E DESEMBARQUE DE ALÚNOS DE FRENTE A ESCOLA CAP. CHICO RIBEIRO, RUA SALDANHA MARINHO.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2879/indicacao_130.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2879/indicacao_130.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A CONSTRUÇÃO DE PALCO COBERTO E SANITÁRIOS NA PRAÇA DE EVENTOS PROF. GILBERTO SOARES DOS SANTOS.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_131.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_131.2024._frederick.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO GOVERNADOR ESTADUAL, POR MEIO DA SECRETARIA COMPETENTE A POSSIBILIDADE DE REGULARIZAÇÃO DAS ESCRITURAS DOS IMÓVEIS DA RUA AZARIAS ARANTES, TRECHO COMPREENDIDO ENTRE A RUA XOZO EBSSUY E AV. CAP. PLACEDINO, MUNICÍPIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_132.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_132.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO PROVIDÊNCIAS EM RELAÇÃO AO TRANSPORTE DE SERVIDORES EM CARROCERIA DE VEÍCULOS.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2881/indicacao_133.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2881/indicacao_133.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA DO LEITO DO CÓRREGO SANTA RITA PRÓXIMO À UBS DO BAIRRO DA SAUDADE.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2915/indicacao_134.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2915/indicacao_134.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE REALIZE O SERVIÇO DE TAPA BURACO NO CRUZAMENTO ENTRE AS RUAS CEL. QUITO E CAPITÃO CHICO RIBEIRO.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2916/indicacao_135.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2916/indicacao_135.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE REALIZE O SERVIÇO DE NIVELAMENTO DOS BLOQUETES DA AVENIDA MACIEL, DEFRONTE AO ESCRITÓRIO DE ADVOCACIA DA DRA. HELENI BERNARDON.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2956/indicacao_n._136.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2956/indicacao_n._136.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO, RESTAURAÇÃO DE CANALETAS DE CAPTAÇÃO DE ÁGUAS PLUVIAIS E OPERAÇÃO TAPA BURACO NO CRUZAMENTO DA RUA CAP. CHICO RIBEIRO COM A RUA FRANCISCO BATISTA DE SOUZA, NO BAIRRO JARDIM SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_137.2024._rinaldo_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_137.2024._rinaldo_e_gilmar.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE REALIZE O CONSERTO/MANUTENÇÃO DA CANALETA DE CAPTAÇÃO DE ÁGUA DAS CHUVAS NA RUA BRANCA MARCACINI, DEFRONTE AO NÉMERO 90, NO BAIRRO UBALDO FAGIONNI.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2943/indicacao_138.24_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2943/indicacao_138.24_.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A CRIAÇÃO DE NORMAS DE POLÍTICAS PÚBLICAS SOBRE COLETA DE LIXO DOMÉSTICO E DE PODA DE ÁRVORES.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_139.2024._carla..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_139.2024._carla..pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A PODA DO ABACATEIRO, LOCALIZADO NA CALÇADA DA CRECHE PAULO BORTOLETTO, NO CONJUNTO JOSÉ PIMENTEL, MAIS PRECISAMENTE NA RUA FRANCISCO ALVES PEREIRA, PRÓXIMO AO NÚMERO 83. E LIMPEZA GERAL ENTORNO DA MENCIONADA CRECHE.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2957/indicacao_n._140.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2957/indicacao_n._140.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE GRADES OU TAMPAS NOS BUEIROS, NA RUA JOAQUINA ANGÉLICA FERREIRA, NO CRUZAMENTO COM A RUA ZECA MARÇAL.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_n._141.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_n._141.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE AUTORIZE O TRANSPORTE DIÁRIO DE REMÉDIOS DE ALTO CUSTO.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_142.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_142.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A MANUTENÇÃO DOS FIOS DESENCAPADOS QUE SE ENCONTRAM AO LADO DA NOVA QUADRA DE AREIA DO GINÁSIO DE ESPORTES E DA BARRACA DA MÃE PEREGRINA.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE REALIZE A INSTALAÇÃO DE LUZES DE LED NA PARTE EXTERNA DO GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_144.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_144.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE REALIZE O RECAPEAMENTO NA RUA MANOEL LEAL DA FONSECA, NO BAIRRO JARDIM HAWAI.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_146.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_146.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE SEJA FEITA A INSTALAÇÃO DE UMA LIXEIRA NA RUA JOSÉ CAETANO DE MENEZES, ESQUINA COM A RUA CORONEL QUITO, NO BAIRRO JARDIM SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_147.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_147.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE SEJA DESENVOLVIDO E VIABILIZADO COM URGÊNCIA A REALIZAÇÃO DAS SEGUINTES INTERVENÇÕES NA RUA FRANCISCO MÁXIMO BALIEIRO, NO JARDIM NOVA IGARAPAVA.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_n._148.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_n._148.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE LIXEIRA/CAÇAMBA, NO TERRENO BÁLDIO LOCALIZADO AO LADO DO BAIRRO CAMPO DE AVIAÇÃO..</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_149.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_149.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DENOMINAÇÃO DE ALGUM PRÉDIO PÚBLICO OU LOGRADOURO DE MÁRIO OLIVEIRA PIO.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_150.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_150.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE FAIXAS DE PEDESTRES E PLACAS DE SINALIZAÇÃO NAS CRECHES PÚBLICAS E PARTICULARES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_151.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_151.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO LEITO DO CÓRREGO DA SAUDADE, AO LADO DA RUA JOSÉ CAETANO DE MENEZES.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_152.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_152.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA O SERVIÇO DE TAPA-BURACOS NA RUA ANTÔNIA BORTOLETTO, DEFRONTE A RESIDÊNCIA 596.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_153.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_153.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE PISO EMBORRACHADO, TIPO TATAME EM TODOS OS BERÇARIOS DAS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_154.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_154.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LIXEIRA PRÓXIMA AO Nº 324, NA RUA SILVIO DAMÁSIO, VILA MARILENE.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_155.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_155.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO UM CAMINHÃO PIPA PARA APAGAR A POEIRA NO BAIRRO VILA GOMES.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3240/indicacao_156.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3240/indicacao_156.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A DISPONIBILIZAÇÃO DE ENCAMINHAR UM CAMINHÃO PIPA PARA APAGAR A POEIRA DAS ESTRADAS PRÓXIMAS AOS BAIRROS DA VILA GOMES E DO CONJUNTO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3306/indicacao_157.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3306/indicacao_157.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OPERAÇÃO TAPA BURACOS NA RUA GUILHERME G DA COSTA, DEFRONTE AOS NSº 21,032 E 121.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_158.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_158.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO O CONCERTO DA RECEM CONSTRUÍDA DEPRESSÃO PARA CAPTAÇÃO DE ÁGUA NA RUA BRANCA MARCACINI, DEFRONTE AO Nº 90, UBALDO FAGIONNI.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3316/indicacao_159.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3316/indicacao_159.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A CRIAÇÃO DO NÚCLEO DA SAÚDE DA MULHER.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3328/indicacao_160.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3328/indicacao_160.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OPERAÇÃO TAPA BURACOS NAS RUAS JOÃO ORSI, ALTURA DO Nº 442 E RUA ARISTIDES VALDOMIRO NERI, ALTURA DO Nº 1589, JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3319/indicacao_161.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3319/indicacao_161.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OBRA DE RECAPEAMENTO NA ENTRADA DOS ÔNIBUS NA RODOVIÁRIA NOVA.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3320/indicacao_162.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3320/indicacao_162.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA TAPA BURACOS NA ENTRADA DO ANTIGO TERMINAL RODOVIÁRIO, ATUAL FEIRA DO PRODUTOR.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_163.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_163.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A DIPONIBILIZAÇÃO DE UM CAMINHÃO PIPA PARA MOLHAR A ENTRADA DA ESCOLA ALVORADA.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_164.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_164.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO MANUTENÇÃO DO ASFALTO NA RUA XOZO EBISSY, DEFRONTE AO NÚMERO 111.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3432/indicacao_165.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3432/indicacao_165.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM CAMINHÃO PIPA PARA APAGAR O POEIRA NO BAIRRO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3433/indicacao_166.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3433/indicacao_166.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO DO MEIO FIO DA CALÇADA SITUADA NA AV. FRANCISCO BATISTA DE SOUZA, 1352.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3434/indicacao_167.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3434/indicacao_167.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DO LIXO E DE UM GALHO DE ÁRVORE, BEM COMO A INSTALAÇÃO DE UMA LIXEIRA NO TERRENO DE FRENTE A IGREJA DO BAIRRO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3435/indicacao_168.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3435/indicacao_168.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE MANUTENÇÃO DOS PLAYGROUNDS INSTALADOS NA CIDADE.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3464/indicacao_169.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3464/indicacao_169.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE BUEIRO NA AV. MACIEL, EM FRENTE AO Nº 219.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3465/indicacao_170.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3465/indicacao_170.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO OU REPAROS NAS TELAS DE PROTEÇÃO DA QUADRA ESPORTIVA DO CONJUNTO FELÍCIO BICHUETTE.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3466/indicacao_171.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3466/indicacao_171.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A LOCAÇÃO DE IMÓVEL NA CIDADE DE SÃO PAULO PARA SERVIR DE APOIO AOS PACIENTES QUE REALIZAM TRATAMENTO MÉDICO NA CIDADE E TAMBÉM PARA O DESCANDO DOS MOTORISTAS.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3462/indicacao_172.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3462/indicacao_172.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE POSTE DE ILUMINAÇÃO NA RUA LIMÍRIO GALVÃO, ABAIXO DO Nº 139.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3467/indicacao_173.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3467/indicacao_173.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE VALETA PARA MELHORAR O ESCOAMENTO DAS ÁGUAS DA RUA MAJOR NICOLAU BARTOLOMEU, PROXIMIDADES DO Nº 364.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3489/indicacao_174.2024._ana_luiza_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3489/indicacao_174.2024._ana_luiza_.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO SANAR AS DEFICIÊNCIAS ESTRUTURAIS E DE SEGURANÇA NAS ESCOLAS E CRECHES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3490/indicacao_no_175.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3490/indicacao_no_175.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITANDO LIMPEZA DAS MARGENS DO CÓRREGO SANTA RITA.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3491/indicacao_no_176.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3491/indicacao_no_176.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A MANUTENÇÃO E A PINTURA DOS PRÉDIOS DAS UNIDADES BÁSICA DE SAÚDE - UBS.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_177.2024._ana_luiza..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_177.2024._ana_luiza..pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A CONSTRUÇÃO DE UMA ROTATÓRIA NA CONFLUÊNCIA DAS RUAS AZARIAS ARANTES E XOZO EBISSUY, NO BAIRRO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3512/indicacao_178.2024._wagner..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3512/indicacao_178.2024._wagner..pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE INICIE ANTES DO PERÍODO CHUVOSO, A CONSTRUÇÃO DE LOMBADAS OU A INSTAÇÃO DE CANALESTAS NA RUA WALDOMIRO NERY, NA ALTURA DO NÚMERO 1194.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3518/indicacao_179.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3518/indicacao_179.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO OPERAÇÃO TAPA BURACOS A ÁREA DO ACESSO SUPERIOR DO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3527/indicacao_180.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3527/indicacao_180.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA DOS BUEIROS DA VILA GOMES.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3546/indicacao_181.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3546/indicacao_181.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA DEPRESSÃO DE CONCRETO RECEM CONSTRUÍDA NA ENTRADA DO BAIRRO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3557/indicacao_182.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3557/indicacao_182.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO MEDIDAS PARA SANAR PROBLEMAS E DEFICIENCIAS NA EMEF. CHICO RIBEIRO.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3559/indicacao_no_183.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3559/indicacao_no_183.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A LIMPEZA DA BOCA DE LOBO LOCALIZADA NA ESQUINA DA RUA CORONEL JOSÉ ALVES FERREIRA COM A RUA MAJOR NICOLAU BARTOLOMEU, EM FRENTE À MARMITARIA DA LOLO.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3580/indicacao_184.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3580/indicacao_184.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA DA PONTE QUE LIGA O BAIRRO DA SAUDADE E O BAIRRO JOSÉ PIMENTEL.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3581/indicacao_185.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3581/indicacao_185.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO ESTUDOS PARA VIABILIZAR TORNAR MÃO ÚNICA A RUA ANTÔNIO DE OLIVEIRA, CRUZAMENTO COM A RUA WILSON TAKACHI KIKUICHI.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3582/indicacao_186.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3582/indicacao_186.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA DA VICINAL QUE LIGA IGARAPAVA À BURITIZAL E TAMBÉM A RUA CAIRES PINTO.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3588/indicacao_187.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3588/indicacao_187.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO REMOÇÃO DA PLACA SITUADA NO SEMÁFORO DO CRUZAMENTO DA RUA CAP. VITORIANO MACHADO COM A RUA AMAZONAS.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3601/indicacao_188.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3601/indicacao_188.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO AVALIAÇÃO DO TRÁFEGO DE VEÍCULO VEÍCULOS NA RUA DR. MOISES DO AMARAL.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3602/indicacao_189.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3602/indicacao_189.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA E MANUTENÇÃO DOS BUEIROS DOS BAIRROS WALDIR DIB MATTAR, RUA SALDANHA MARINHO E PRÓXIMO AO CAMPUS UNIUBE.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3624/indicacao_190.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3624/indicacao_190.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA E REPARO NA TAMPA DO BUEIRO NA RUA 09 DE JULHO, DEFRONTE AO Nº 12.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3621/indicacao_191.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3621/indicacao_191.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LIMPEZA DAS MARGENS DO CÓRREGO SANTA RITA.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3622/indicacao_192.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3622/indicacao_192.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PODA DE ÁRVORES E RETIRADA DO MATO DA AV. PEREIRA REBOUÇAS.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3623/indicacao_193.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3623/indicacao_193.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A MANUTENÇÃO E LIMPEZA DA TRAVESSA DAS ARTES NICOLAU SAAD.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3627/indicacao_194.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3627/indicacao_194.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A CRIAÇÃO DE UMA COMISSÃO ESPECIAL PARA O CADASTRO E AVALIAÇÃO DOS PEDIDOS DE PRÓTESES E ÓRTESES.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3628/indicacao_195.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3628/indicacao_195.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A CRIAÇÃO DA SEMANA DE PREVENÇÃO AO USO DE CRACK E OUTROS ENTORPECENTES NAS UNIDADES BÁSICAS DE SAÚDE.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3630/indicacao_196.2024._nildo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3630/indicacao_196.2024._nildo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A LIMPEZA DA RUA JOÃO ORSI.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3631/indicacao_197.2024._nildo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3631/indicacao_197.2024._nildo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO A INSTALAÇÃO DE LIXEIRA NA AV. PEREIRA REBOUÇAS, TRECHO COMPREENDIDO ENTRE AS RUAS ANTÔNIA BORTOLETTO E ÂNGELO COLMANETTI.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3629/indicacao_198.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3629/indicacao_198.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO QUE FAÇA UMA MAIOR DIVULGAÇÃO SOBRE A NECESSIDADE DA REALIZAÇÃO DE EXAMES DE COMBATE E PREVENÇÃO DO CÃNCER DE PROSTATA.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3634/indicacao_199.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3634/indicacao_199.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS EM RELAÇÃO AOS BANHEIROS DA FEIRA DO PRODUTOR.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3636/indicacao_200.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3636/indicacao_200.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO MANUTENÇÃO NO TELHADO E NO AR CONDICIONADO DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3637/indicacao_201.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3637/indicacao_201.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO MANUTENÇÃO DA RUA CAIRES PINTO. AO LADO DO MURO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3638/indicacao_202.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3638/indicacao_202.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO MANUTENÇÃO DO ASFALTO RECEM RECAPEADO DA RUA ARISTÍDES WALDOMIRO NERY, EM FRENTE AO N. 41.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3640/indicacao_203.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3640/indicacao_203.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA PARTE ELETRICA DA PRAÇA MAESTRO JOÃO RIBEIRO, DEFRONTE AO SUPERMERCADO PEG MAIS.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3641/indicacao_204.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3641/indicacao_204.2024._carla.pdf</t>
   </si>
   <si>
     <t>SOLICITA PIMPEZA E CAPINAGEM DA PRAÇA DA IGREJA SANTA CRUZ.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_205.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_205.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO TELHADO DAS ESCOLAS CEL. QUITO JUNQUEIRA E CAPITÃO CHICO RIBEIRO.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3685/indicacao_206.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3685/indicacao_206.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ATENDIMENTO AOS PEDIDOS DO DETRAN QUANDO À UTILIZAÇÃO DA ÁREA DA PRAÇA DE EVENTOS.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>FREDERICK REQUI MENDONÇA, GILMAR FERNANDES</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2335/proposta_de_emenda_aditiva_001.2024._ao_pl._043.2023._exec._autoria_dos_vereadores_frederick_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2335/proposta_de_emenda_aditiva_001.2024._ao_pl._043.2023._exec._autoria_dos_vereadores_frederick_e_gilmar.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA AO PROJETO DE LEI 043/2023 DO EXECUTIVO DE AUTORIA DOS VEREADORES FREDERICK E GILMAR.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA Nº 02/2024 À PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA 003/2024 AO PROJETO DE LEI 011/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2526/proposta_de_emenda_aditiva_004.2024_ao_proj._de_lei_complementar_004.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2526/proposta_de_emenda_aditiva_004.2024_ao_proj._de_lei_complementar_004.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA Nº 004/2024 AO PROJETO DE LEI COMPLEMENTAR Nº 004/2024.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2567/proposta_de_emenda_modificativa_005.2024_ao_pl_013.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2567/proposta_de_emenda_modificativa_005.2024_ao_pl_013.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA 005/2024 AO PROJ. DE LEI 013/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2584/proposta_de_emenda_substitutiva_006.2024_ao_proj._de_resolucao_privativa_004.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2584/proposta_de_emenda_substitutiva_006.2024_ao_proj._de_resolucao_privativa_004.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUBSTITUTIVA Nº 006/2024 AO PROJETO DE RESOLUÇÃO PRIVATIVA 004/2024.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2585/proposta_de_emenda_aditiva_007.2024_ao_proj._de_lei_complementar_005.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2585/proposta_de_emenda_aditiva_007.2024_ao_proj._de_lei_complementar_005.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA 007/2024 AO PROJETO DE LEI COMPLEMENTAR 005/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2586/proposta_de_emenda_modificativa_008.2024_ao_proj._de_lei_complementar_005.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2586/proposta_de_emenda_modificativa_008.2024_ao_proj._de_lei_complementar_005.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA 008/2024 AO PROJETO DE LEI COMPLEMENTAR 005/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2929/emenda_aditiva_n._09.2024_ao_pl_21.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2929/emenda_aditiva_n._09.2024_ao_pl_21.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA N. 09.2024 AO PROJETO DE LEI 21.2024.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2975/proposta_de_emenda_substitutiva_10-2024_ao_pl_25.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2975/proposta_de_emenda_substitutiva_10-2024_ao_pl_25.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUBSTITUTIVA N. 10/2024 AO PROJETO DE LEI N.25/2024.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3007/proposta_de_emenda_modificativa_de_redacao_n.11.2024_ao_pl_20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3007/proposta_de_emenda_modificativa_de_redacao_n.11.2024_ao_pl_20.2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa de Redação n.11.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3009/emenda_substitutiva_n._12_pl_20-2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3009/emenda_substitutiva_n._12_pl_20-2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva n.12.2024 ao PL 20.2024.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3010/proposta_de_emenda_substitutiva_n.13.2024_ao_pl_20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3010/proposta_de_emenda_substitutiva_n.13.2024_ao_pl_20.2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva n.13.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3011/proposta_de_emenda_aditiva_n.14.2024_ao_pl_20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3011/proposta_de_emenda_aditiva_n.14.2024_ao_pl_20.2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva n.14.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3012/proposta_de_emenda_aditiva_n.15.2024_ao_pl_20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3012/proposta_de_emenda_aditiva_n.15.2024_ao_pl_20.2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva n.15.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3013/emenda_substitutiva_n._16_pl_20-2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3013/emenda_substitutiva_n._16_pl_20-2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva n.16.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3014/proposta_de_emenda_aditiva_n.17.2024_ao_pl_20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3014/proposta_de_emenda_aditiva_n.17.2024_ao_pl_20.2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva n.17.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3015/proposta_de_emenda_aditiva_n.18.2024_ao_pl_20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3015/proposta_de_emenda_aditiva_n.18.2024_ao_pl_20.2024.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva n.18.2024 ao PL 20.2024</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3017/8._emenda_supressiva_19_-_plc_02-2024.docx</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3017/8._emenda_supressiva_19_-_plc_02-2024.docx</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva n.19.2024 ao PLC02 .2024</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3019/emenda_modificativa_020.2024._proj._de_lei__019.2024._exec..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3019/emenda_modificativa_020.2024._proj._de_lei__019.2024._exec..pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa de Redação n.20.2024 ao PL 19.2024</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3018/emenda_substitutiva_021.2024._proj._de_lei__050.2024._exec..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3018/emenda_substitutiva_021.2024._proj._de_lei__050.2024._exec..pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva n.21.2024 ao PL 50.2024</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3346/proposta_de_emenda_modificativa_022.2024_ao_pl_023.2024_do_executivo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3346/proposta_de_emenda_modificativa_022.2024_ao_pl_023.2024_do_executivo..pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA DE REDAÇÃO Nº 022 AO PROJETO DE LEI 023/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3347/proposta_de_emenda_modificativa_023.2024_ao_pl_024.2024_do_executivo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3347/proposta_de_emenda_modificativa_023.2024_ao_pl_024.2024_do_executivo..pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA DE REDAÇÃO Nº 023 AO PROJETO DE LEI 024/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3348/proposta_de_emenda_modificativa_024.2024_ao_pl_036.2024_do_executivo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3348/proposta_de_emenda_modificativa_024.2024_ao_pl_036.2024_do_executivo..pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA DE REDAÇÃO Nº 024 AO PROJETO DE LEI 036/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3463/proposta_de_emenda_modificativa_025.2024_ao_pl_057.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3463/proposta_de_emenda_modificativa_025.2024_ao_pl_057.2024._exec.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA DE REDAÇÃO Nº 025 AO PL 057/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3483/proposta_de_emenda_modificativa_026.2024_ao_pl_056.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3483/proposta_de_emenda_modificativa_026.2024_ao_pl_056.2024._exec.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA 026/2024 AO PL. 056/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3509/proposta_de_emenda_modificativa_027.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3509/proposta_de_emenda_modificativa_027.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA DE REDAÇÃO À PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 005/2024.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3510/proposta_de_emenda_substitutiva_028.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3510/proposta_de_emenda_substitutiva_028.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUBSTITUTIVA À PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 005/2024.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3511/proposta_de_emenda_supressiva_029.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3511/proposta_de_emenda_supressiva_029.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA À PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 005/2024.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3568/proposta_de_emenda_substitutiva_030.2024_ao_pl._044.2024_do_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3568/proposta_de_emenda_substitutiva_030.2024_ao_pl._044.2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUBSTITUTIVA 030/2024 AO PROJETO DE LEI 044/2024.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3569/proposta_de_emenda_substitutiva_031.2024_ao_pl._044.2024_do_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3569/proposta_de_emenda_substitutiva_031.2024_ao_pl._044.2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUBSTITUTIVA 031/2024 AO PROJETO DE LEI 044/2024.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3570/proposta_de_emenda_supressiva_032.2024_ao_pl._044.2024_do_executivo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3570/proposta_de_emenda_supressiva_032.2024_ao_pl._044.2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA 032/2024 AO PROJETO DE LEI 044/2024.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3603/proposta_de_emenda_supressiva_033.2024_ao_pl_058.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3603/proposta_de_emenda_supressiva_033.2024_ao_pl_058.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA 033/2024 AO PL 058/2024.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3604/proposta_de_emenda_modificativa_034.2024_ao_pl_058.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3604/proposta_de_emenda_modificativa_034.2024_ao_pl_058.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA 034/2024 AO PL 058/2024.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3605/proposta_de_emenda_aditiva_035.2024_ao_pl_058.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3605/proposta_de_emenda_aditiva_035.2024_ao_pl_058.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA 035/2024 AO PL 058/2024.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3607/proposta_de_emenda_modificativa_036.2024_ao_pl_063.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3607/proposta_de_emenda_modificativa_036.2024_ao_pl_063.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA 036/2024 AO PL. 063/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3639/proposta_de_emenda_modicicativa_37.2024_ao_pl_66.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3639/proposta_de_emenda_modicicativa_37.2024_ao_pl_66.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA DE REDAÇÃO Nº 37/2024 AO PROJETO DE LEI 066/2024/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3667/proposta_de_emenda_supressiva_n.38.2024_pl_45.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3667/proposta_de_emenda_supressiva_n.38.2024_pl_45.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA 038/2024 AO PROJETO DE LEI 045/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3668/proposta_de_emenda_aditiva_n._39.2024_pl_45.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3668/proposta_de_emenda_aditiva_n._39.2024_pl_45.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA 039/2024 AO PROJETO DE LEI 045/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3669/proposta_de_emenda_modificativa_n.40.2024_pl_45.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3669/proposta_de_emenda_modificativa_n.40.2024_pl_45.2024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA 040/2024 AO PROJETO DE LEI 045/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>OFLEG</t>
   </si>
   <si>
     <t>Ofício Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2837/oficio_13.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2837/oficio_13.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Deputado Estadual, Lucas Bove, recursos financeiros, para pavimentação asfáltica, na entrada da Escola Alvorada localizada, no prolongamento na Rua Natal s/n - no Jardim Santo Antônio.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2836/oficio_n._15.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2836/oficio_n._15.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Setor Responsável da Municipalidade a instalação de redutor de velocidade na Rua Manoel Pedro Pignatt.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2829/oficio_n.19.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2829/oficio_n.19.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 05/02/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2835/oficio_n._20.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2835/oficio_n._20.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Órgão Competente da Municipalidade, a limpeza e roçagem do mato, e instalação de lâmpadas de LED, na Praça Santa Rita.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2834/oficio_n._21.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2834/oficio_n._21.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 115/02/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2833/oficio_n._23.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2833/oficio_n._23.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 19/02/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2777/oficio_n._26.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2777/oficio_n._26.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo para as devidas providências.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2776/oficio_n._29.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2776/oficio_n._29.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo de Sessão do dia 26/02/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2775/oficio_n._31.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2775/oficio_n._31.2024.pdf</t>
   </si>
   <si>
     <t>Autorização utilização do Plenário ao Departamento de Saúde, para realização de Audiência Pública.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2774/oficio_n._32.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2774/oficio_n._32.2024.pdf</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2824/oficio_n._33.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2824/oficio_n._33.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações e esclarecimentos sobre a Pasta de Divisão de Frotas do Município de Igarapava.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2825/oficio_n._34.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2825/oficio_n._34.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando apoio da Policia Militar, na Sessão de 11/03/2024.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2773/oficio_n._35.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2773/oficio_n._35.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando Diretor/Presidente da UNIMED NORTE PAULISTA, pela Reinauguração do Centro de Referência de Igarapava.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2771/oficio_n._37.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2771/oficio_n._37.2024.pdf</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2772/oficio_n._38.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2772/oficio_n._38.2024.pdf</t>
   </si>
   <si>
     <t>Em atendimento do Poder Executivo, retirada dos Projetos de Lei 09 e 10/2024.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2770/oficio_n._39.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2770/oficio_n._39.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre decisão judicial de Ação Direta de Inconstitucionalidade.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2769/oficio_40.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2769/oficio_40.2024.pdf</t>
   </si>
   <si>
     <t>Informações sobre controle de jornada dos servidores ocupantes de cargos comissionados do legislativo municipal.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2768/oficio_n._41.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2768/oficio_n._41.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando o Presidente do Clube do Cavalo e organizadores pelo evento Cavalgada dos Amigos.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2767/oficio_n._42.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2767/oficio_n._42.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo de Sessão do dia 11/03/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2766/oficio_n._45.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2766/oficio_n._45.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o comparecimento dos representantes do Poder Executivo, e representantes técnicos do Projeto de Lei Complementar 04/2024.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2764/oficio_n._46.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2764/oficio_n._46.2024.pdf</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>MÁRCIO WELLINGTON DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2762/oficio_n._48.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2762/oficio_n._48.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações e apresentando sugestões - Lei nº - COMSEA.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>CARLOS ROBERTO RODRIGUES LIMA, FREDERICK REQUI MENDONÇA</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2832/oficio_n._49.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2832/oficio_n._49.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Deputado Estadual, Mauricio Neves, emenda parlamentar, para uso especifico ao Lar e Abrigo dos Idosos.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2831/oficio_n._50.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2831/oficio_n._50.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Deputado Estadual, Mauricio Neves, emenda parlamentar para custeio de demandas Secretaria de Saúde município de Igarapava.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2830/oficio_n._55.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2830/oficio_n._55.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Deputado Estadual, Sebastião Santos, emenda parlamentar para custeio de demandas de Implantes Dentários no Município de Igarapava, para pessoas de baixa renda, e situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2761/oficio_n._56.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2761/oficio_n._56.2024.pdf</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2848/oficio_57.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2848/oficio_57.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo, informações sobre os Projetos de Lei 04 e 06/2024.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2760/oficio_n._58.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2760/oficio_n._58.2024.pdf</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2759/oficio_59.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2759/oficio_59.2024.pdf</t>
   </si>
   <si>
     <t>Informações sobre reajuste no vale alimentação dos funcionários da Santa Casa de Misericórdia de Igarapava.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2754/oficio_n._61.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2754/oficio_n._61.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da sessão extraordinária de 05/04/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2755/oficio_n._64.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2755/oficio_n._64.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo da Sessão de 08/04/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2756/oficio_n._65.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2756/oficio_n._65.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando Membros do GRUPO SOMAR, pelo excelente trabalho que realizam em prol do Hospital do Amor de Barretos.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2757/oficio_n._67.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2757/oficio_n._67.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando a instituição Lar Espirita Vovó Querubina, pela realização de Leilão Beneficente.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2758/oficio_n._70.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2758/oficio_n._70.2024.pdf</t>
   </si>
   <si>
     <t>Informações sobre transporte para alunos para Curso de Capitação - Jovem Agricultor do Futuro, promovido pelo Sindicato Rural de Igarapava.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2738/oficio_no_071.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2738/oficio_no_071.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Indicação de membro do Poder Legislativo para compor o COMDESI - Conselho Municipal de Desenvolvimento Econômico.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2739/oficio_n._072.2024_do_legislativo_1.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2739/oficio_n._072.2024_do_legislativo_1.pdf</t>
   </si>
   <si>
     <t>Cessão do espaço do Plenário para Capacitação de Profissionais da Saúde do Município de Igarapava.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2740/oficio_n._73.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2740/oficio_n._73.2024.pdf</t>
   </si>
   <si>
     <t>Informações sobre Processo nº 1001628-57.2023.8.26.0242.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2741/oficio_n._74.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2741/oficio_n._74.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando Rádio Aliança pela passagem de seu aniversário de 36 anos .</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2742/oficio_75.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2742/oficio_75.2024.pdf</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2745/oficio_76.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2745/oficio_76.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo da Sessão de 15/04/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2747/oficio_77.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2747/oficio_77.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando instalação de poste de iluminação pública, na Travessa Minas Gerais.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2748/oficio_78.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2748/oficio_78.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando a remoção e/ou troca de lugar, do poste de energia elétrica, na Rua Rosalina B. Oliveira.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2749/oficio_79.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2749/oficio_79.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo da Sessão do dia 22/04/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2847/oficio_n._81.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2847/oficio_n._81.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo, informações sobre o Projeto de Lei  18/2024.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2750/oficio_82.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2750/oficio_82.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da sessão de 29/04/2024para as devidas providências.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2846/oficio_n._86.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2846/oficio_n._86.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando a equipe gestora, alunos, pais, professores e funcionários do Colégio Viva, pela realização do evento GINSPORTE.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2821/oficio_n._87.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2821/oficio_n._87.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo, informações sobre o Projeto de Lei Complementar 02/2024.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2822/oficio_n._88.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2822/oficio_n._88.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações do Poder Executivo, sobre o Projeto de Lei 14/2024.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2751/oficio_89.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2751/oficio_89.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 06/05/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2817/oficio_n._97.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2817/oficio_n._97.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 13/05/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2819/oficio_n._99.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2819/oficio_n._99.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando agendamento de reunião ao Presidente da Companhia de Desenvolvimento Habitacional e Urbano do estado de São Paulo - CDHU.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2845/oficio_n._100.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2845/oficio_n._100.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações do Poder Executivo, sobre o Projeto de Lei Complementar 21/2024.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2816/oficio_n.101.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2816/oficio_n.101.2024.pdf</t>
   </si>
   <si>
     <t>Informando pedido de prazo ao executivo, referente a resposta do requerimento n. 48/2024.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2818/oficio_n._102.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2818/oficio_n._102.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhou ao Executivo, cópia do Decreto Legislativo 007/2024, que aprova as Contas Municipais de Igarapava, relativas ao ano de 2020.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2823/oficio_103_2024_informacoes_ao_projeto_de_lei_complementar_n_06_2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2823/oficio_103_2024_informacoes_ao_projeto_de_lei_complementar_n_06_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações do Poder Executivo, sobre o Projeto de Lei Complementar 06/2024.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3371/oficio_n._104.2024_-_vereador_rinaldo_grou_gobbi_2.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3371/oficio_n._104.2024_-_vereador_rinaldo_grou_gobbi_2.pdf</t>
   </si>
   <si>
     <t>Solicitando da Empresa Entrevias, Fresa de Asfalto, para reparos na entrada do Sítio Santa Júlia, na fazenda Aliança.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2815/oficio_no_105.2024_-_vereadora_carla_adriana_mendonca.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2815/oficio_no_105.2024_-_vereadora_carla_adriana_mendonca.pdf</t>
   </si>
   <si>
     <t>Solicitando Informações e Documentos da 43ª Festa da Cana de Igarapava do ano de 2024.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2826/oficio_n._106.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2826/oficio_n._106.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, a implementação do Programa habitacional para pessoas de baixa renda, "Minha Casa Minha Vida".</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2838/oficio_no_108.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2838/oficio_no_108.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 20/05/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2844/oficio_no_109.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2844/oficio_no_109.2024.pdf</t>
   </si>
   <si>
     <t>Informando ao Poder Executivo, decisão em Embargos de Declaração nos autos da Ação Direta de Inconstitucionalidade.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2868/oficio_no_119.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2868/oficio_no_119.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo, o comparecimento de funcionários ou responsáveis para tratar de assuntos atinentes ao Projeto de Lei 020.2024 - LDO.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2871/oficio_no_120.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2871/oficio_no_120.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo, a limpeza do leito do Córrego Santa Rita, localizado no Bairro da Saudade.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2873/oficio_no_121.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2873/oficio_no_121.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, a construção de Palco e banheiros na Praça de eventos, Professor Gilberto Soares dos Santos.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2899/protocolo_oficio_133.24_projeto_de_lei_ord._21.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2899/protocolo_oficio_133.24_projeto_de_lei_ord._21.24.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo informações sobre o Projeto de Lei 21/2024</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2900/protocolo_oficio_134.24_projeto_de_lei_ord._19.24_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2900/protocolo_oficio_134.24_projeto_de_lei_ord._19.24_.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo informações sobre o Projeto de Lei 19/2024.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2911/oficio_n._135.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2911/oficio_n._135.2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 03/06/2024, para as devidas providências.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3370/oficio_n._136.2024_-_comissoes.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3370/oficio_n._136.2024_-_comissoes.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre Projeto de Lei 20/2024.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2948/oficio_n._137.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2948/oficio_n._137.2024..pdf</t>
   </si>
   <si>
     <t>Solicitando o comparecimento dos representantes do Poder Executivo, e representantes técnicos do Projeto de Lei 14/2024.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2949/oficio_n._138.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2949/oficio_n._138.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre o Projeto de Lei 19/2024.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2932/oficio_n._140.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2932/oficio_n._140.2024.pdf</t>
   </si>
   <si>
     <t>Informando pedido de prazo ao executivo, referente a resposta do requerimento n. 80/2024.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2950/oficio_n._141.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2950/oficio_n._141.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo Municipal, proposições do Legislativo, da Sessão de 10/06/2024, para conhecimento e as as devidas providências.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2958/oficio_n._144.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2958/oficio_n._144.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo Municipal, proposição do Legislativo, da Sessão de 10/06/2024, para conhecimento e as as devidas providências.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2978/of._145.2024_-_legislativo_encaminhamento_doc._sessao_de_17.06.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2978/of._145.2024_-_legislativo_encaminhamento_doc._sessao_de_17.06.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo Municipal, proposição do Legislativo, da Sessão de 17/06/2024, para conhecimento e as as devidas providências.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3369/oficio_150.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3369/oficio_150.2024.pdf</t>
   </si>
   <si>
     <t>Informações detalhadas sobre a localização atual do cervo que fazia parte do acervo da biblioteca da Casa da Cultura.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3030/of._151.2024._carla_adriana.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3030/of._151.2024._carla_adriana.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A AQUISIÇÃO DE ÔNIBUS PARA A TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3093/oficio_n.152.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3093/oficio_n.152.2024.pdf</t>
   </si>
   <si>
     <t>Informações sobre Chromebook adquiridos pela prefeitura durante o período de pandemia.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3089/oficio_n._153.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3089/oficio_n._153.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo Municipal, proposição do Legislativo, da Sessão Extraordinária de 28/06/2024, que aprovou o Projeto de Lei nº 20/2024 (LDO), para  conhecimento e as as devidas providências</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3094/oficio_n._154.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3094/oficio_n._154.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando a Associação Igarapavense de Ciclismo e Esporte de Aventura - Tribos Bike Adventure de Igarapava.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3091/oficio_n._158.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3091/oficio_n._158.2024.pdf</t>
   </si>
   <si>
     <t>Questionamentos sobre pacientes que utilizam o meio de transporte, para tratamentos de saúde.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3092/oficio_n._159.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3092/oficio_n._159.2024.pdf</t>
   </si>
   <si>
     <t>Parabenizando a COPLACANA IGARAPAVA - SP, por mais um ano de sua notável trajetória.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3039/oficio_160.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3039/oficio_160.2024.pdf</t>
   </si>
   <si>
     <t>Reencaminhamento do Autógrafo nº 33/2024 e Republicação da Lei nº 1.172/2024.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3041/oficio_no_161.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3041/oficio_no_161.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, substituição de poste de energia.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3090/oficio_n._163.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3090/oficio_n._163.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação para Disponibilização de Pagamento das Contas de Água nas Casas Lotéricas.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3317/of._170.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3317/of._170.2024._leg.pdf</t>
   </si>
   <si>
     <t>Reiterando informações sobre Projeto de Lei Complementar n. 06/2024.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3318/oficio_171.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3318/oficio_171.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo proposições aprovadas em sessão ordinária no dia 05/08/2024, para conhecimento e as devidas providências.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3330/oficio_no_172.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3330/oficio_no_172.2024.pdf</t>
   </si>
   <si>
     <t>Convite à Empresa Igarapava Saneamento, objetivando prestar esclarecimentos à população igarapavense sobre os serviços de água e esgoto prestados ao Município.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3368/oficio_178.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3368/oficio_178.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Coordenador da Unidade Raizen, que durante o período de safra, tome medidas para diminuir o impacto da poeira gerada pelos caminhões que transportam cana de açúcar em nossa cidade.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3367/oficio_n._179.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3367/oficio_n._179.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Setor Competente, a viabilidade de encaminhar caminhão pipa para irrigar as gramas dos campos de futebol no antigo "Madrugada" e no campo do "Esporte".</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3364/oficio_no_180.2024_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3364/oficio_no_180.2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo proposição aprovada em sessão ordinária no dia 13/08/2024, para conhecimento e as devidas providências.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3363/oficio_no_181.2024_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3363/oficio_no_181.2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo proposição aprovado em sessão ordinária no dia 12/08/2024, para conhecimento e as devidas providências.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3341/oficio_182.2024_-_comissao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3341/oficio_182.2024_-_comissao.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre Projeto de Lei nº 44/2024.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3342/oficio_183.2024_-_comissao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3342/oficio_183.2024_-_comissao.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre Projeto de Lei nº 45/2024.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3343/oficio_184.2024_-_comissao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3343/oficio_184.2024_-_comissao.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre Projeto de Lei nº 43/2024.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3344/oficio_185.2024_-_comissao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3344/oficio_185.2024_-_comissao.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre Proposta de Emenda à Lei Orgânica de Lei nº 02/2024, do executivo.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3345/oficio_186.2024_-_vereador_gilmar_fernandes.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3345/oficio_186.2024_-_vereador_gilmar_fernandes.pdf</t>
   </si>
   <si>
     <t>Solicitação de prorrogação do prazo de vencimento do IPTU</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3365/oficio_no_187.2024_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3365/oficio_no_187.2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo proposições aprovadas em sessão ordinária no dia  19/08/2024, para conhecimento e as devidas providências.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3360/oficio_no_194.2024_-_comissao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3360/oficio_no_194.2024_-_comissao.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre o Projeto de Lei Complementar 06/2024.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3359/oficio_no_195.2024_-_comissao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3359/oficio_no_195.2024_-_comissao.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre Projeto de Lei 53/2024.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3361/oficio_n._196.2024_-_edil_wagner_jose_dos_santos.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3361/oficio_n._196.2024_-_edil_wagner_jose_dos_santos.pdf</t>
   </si>
   <si>
     <t>Solicitando retratação do Diretor de Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3362/oficio_no_198.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3362/oficio_no_198.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo indicação 163/2024 apresentada em sessão ordinária no dia 26/08/2024, para conhecimento e as devidas providências.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3377/of._199.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3377/of._199.2024._leg.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO OF. 697/2024. MP.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3418/oficio_n._200.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3418/oficio_n._200.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo proposições aprovadas em sessão ordinária no dia 02/09/2024, para conhecimento e as devidas providências.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3424/oficio_no_202.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3424/oficio_no_202.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo para conhecimento, cópia da Emenda à Lei Orgânica n. 06/2024</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3459/of._209.2024_-_comissao..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3459/of._209.2024_-_comissao..pdf</t>
   </si>
   <si>
     <t>Reitera os termos do pedido de informações realizado através do Ofício n. 184/2024, protocolado na Prefeitura em 14 de agosto de 2024, sob o nº 6.452/2024.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3460/of._210.2024_-_comissao..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3460/of._210.2024_-_comissao..pdf</t>
   </si>
   <si>
     <t>Reitera os termos do pedido de informações realizado através do Ofício n. 182/2024, protocolado na Prefeitura em 14 de agosto de 2024, sob o nº 6.452/2024.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3461/of._211.2024_-_comissao..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3461/of._211.2024_-_comissao..pdf</t>
   </si>
   <si>
     <t>Reitera os termos dos pedidos de informações realizados através dos Ofícios ns. 183 e 184/2024, protocolados na Prefeitura em 14 de agosto de 2024, sob o nº 6.452/2024, e solicitando o comparecimento do responsável pelo Departamento Jurídico na reunião das comissões no dia dia 17/09/2024 as 09:00 horas.</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5105/oficio_218.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5105/oficio_218.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Departamento de Vigilância Sanitária, que realize uma  inspeção no cruzamento da Rua Zeca Marçal com a Rua Major Nicolau Bartolomeu.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3733/oficio_224.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3733/oficio_224.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 30/09/2024.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3734/oficio_225.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3734/oficio_225.2024.pdf</t>
   </si>
   <si>
     <t>Informa ao Executivo prorrogação de prazo para resposta ao requerimento 137/2024.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3735/oficio_229.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3735/oficio_229.2024.pdf</t>
   </si>
   <si>
     <t>Parabeniza o Colégio Maiêutica pela realização da "Olimpíadas 2024".</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3736/oficio_230.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3736/oficio_230.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 07/10/2024.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3737/oficio_231.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3737/oficio_231.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Diretor do Departamento Municipal de Saúde, a disponibilização de uma ambulância e de uma enfermeira para o 2º Encontro de Rolimã.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3738/oficio_236.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3738/oficio_236.2024.pdf</t>
   </si>
   <si>
     <t>Informa a prorrogação de prazo para resposta aos requerimento 141 e 142/2024.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3739/oficio_237.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3739/oficio_237.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Direto de Trânsito, a sinalização de trânsito necessária, para a realização do 2º Encontro de Rolimã.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3740/oficio_238.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3740/oficio_238.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 14/10/2024.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3562/oficio_n._239.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3562/oficio_n._239.2024.pdf</t>
   </si>
   <si>
     <t>Parabeniza a Corporação da Policia Militar pela colaboração e orientação no 2º encontro de Carrinho de Rolimã.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3659/oficio_n._240.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3659/oficio_n._240.2024.pdf</t>
   </si>
   <si>
     <t>Parabeniza os atiradores do TG  - 02 - 085, pela colaboração e organização no evento 2º encontro de carrinho de rolimã.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3741/oficio_241.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3741/oficio_241.2024.pdf</t>
   </si>
   <si>
     <t>Parabeniza RG Center, pela passagem do 13º aniversário.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3742/oficio_243.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3742/oficio_243.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao departamento de transporte, um veículo, tipo Van para o transporte de 10 pessoas, para doação de sangue ao Hemocentro de Uberaba.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3743/oficio_244.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3743/oficio_244.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 31/10/2024.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3744/oficio_246.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3744/oficio_246.2024.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 568/2024 do Departamento Municipal de Saúde para prestação de contas referente ao 2º quadrimestre de 2024 - Audiência Pública.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3750/oficio_247.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3750/oficio_247.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 21/10/2024.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3751/oficio_256.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3751/oficio_256.2024.pdf</t>
   </si>
   <si>
     <t>Parabeniza RG Modas e Enxovais, pela passagem de mais um ano, dessa renomada loja de modas.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3752/oficio_263.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3752/oficio_263.2024.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento de Certidão de Vigência da Lei Complementar n. 23/2011.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3753/oficio_264.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3753/oficio_264.2024.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício n. 856/2024 - PJ Igarapava - Processo SISDIGITAL.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3754/oficio_266.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3754/oficio_266.2024.pdf</t>
   </si>
   <si>
     <t>Parabeniza, toda equipe do Lar Escola Alvorada pela realização da Gincana LEAN 2024.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3755/oficio_267.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3755/oficio_267.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 30/10/2024.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3756/oficio_268.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3756/oficio_268.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo informações sobre a coleta de lixo.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3757/oficio_271.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3757/oficio_271.2024.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a apresentação da Banda Marcial da EMEF Alfredo Cesário de Oliveira.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3758/oficio_272.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3758/oficio_272.2024.pdf</t>
   </si>
   <si>
     <t>Devolução dos Projetos de Lei 068 e 069/2024, em atendimento aos ofícios 694 e 695/2024 do Executivo Municipal.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3759/oficio_273.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3759/oficio_273.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 05/11/2024.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3760/oficio_277.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3760/oficio_277.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, para as devidas providências, proposições aprovadas em Sessão ordinária no dia 12/11/2024.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3761/oficio_284.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3761/oficio_284.2024.pdf</t>
   </si>
   <si>
     <t>Informa, prorrogação de prazo do requerimento 156/2024.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3762/oficio_285.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3762/oficio_285.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, proposições para conhecimento e as devidas providências, aprovados em Sessão do dia 25/11/2024.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3763/oficio_286.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3763/oficio_286.2024.pdf</t>
   </si>
   <si>
     <t>Informa ao Executivo, prorrogação de prazo para resposta do requerimento 159/2024.</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>ANA LUIZA RILKO MATTAR, CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, RINALDO GROU GOBBI, WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5225/oficio_287.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5225/oficio_287.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Atila Jacomussi, destinação de recursos financeiros ao  Instituto Eurípedes Barsanulfo.</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>CARLOS ROBERTO RODRIGUES LIMA, ANA LUIZA RILKO MATTAR, CARLA ADRIANA MENDONÇA, WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5223/oficio_288.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5223/oficio_288.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Atila Jacomussi, destinação de recursos financeiros ao  Lar e Abrigo dos Idosos.</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>CARLOS ROBERTO RODRIGUES LIMA, ANA LUIZA RILKO MATTAR, RINALDO GROU GOBBI, WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5224/oficio_292.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5224/oficio_292.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Atila Jacomussi, destinação de recursos financeiros ao  Lar Espírita Vovó Querubina.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3764/oficio_297.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3764/oficio_297.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Sebastião Santos, a destinação de recursos financeiros para implantação de próteses dentárias, para a população em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3765/oficio_298.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3765/oficio_298.2024.pdf</t>
   </si>
   <si>
     <t>Solicita a Deputada Estadual Analice Fernandes, a destinação de recursos financeiros para implantação de próteses dentárias, para a população em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3654/oficio_no_300.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3654/oficio_no_300.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Informa ao Prefeito Municipal de Igarapava, Sr. Dr. José Ricardo Rodrigues Mattar, o Descumprimento de decisão judicial (Processo 2040479-642024.8.26.0000 - TJSP).</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3655/oficio_no_301.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3655/oficio_no_301.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Informa a Diretora do Departamento de Finanças, Sra. Adélia de Paula, o Descumprimento de decisão judicial (Processo 2040479-642024.8.26.0000 - TJSP).</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3656/oficio_no_302.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3656/oficio_no_302.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Informa ao Diretor do Departamento de Negócios Jurídico, Sr. Dr. Bruno Rene Cruz Rafachini, o Descumprimento de decisão judicial (Processo 2040479-642024.8.26.0000 - TJSP).</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3657/oficio_no_303.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3657/oficio_no_303.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Informa à Procuradoria - Geral do Município de Igarapava, o Descumprimento de decisão judicial (Processo 2040479-642024.8.26.0000 - TJSP).</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3658/oficio_no_304.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3658/oficio_no_304.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Informa ao Controle Interno do Município de Igarapava, o Descumprimento de decisão judicial (Processo 2040479-642024.8.26.0000 - TJSP).</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3688/oficio_308.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3688/oficio_308.2024.pdf</t>
   </si>
   <si>
     <t>Solicita Apoio Policial, para assegurar a ordem e a segurança na condução dos trabalhos legislativos.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3689/oficio_310.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3689/oficio_310.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha proposições para conhecimento e as devidas providências, aprovados em Sessão do dia 02/12/2024.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3676/oficio_n._314.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3676/oficio_n._314.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Diretor da Justiça Eleitoral, o comunicado de Cassação do Mandato do Prefeito Municipal de Igarapava - SP, Sr. José Ricardo Rodrigues Mattar -  Decreto Legislativo nº 10/2024.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3677/oficio_n._315.2024_-_legislativo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3677/oficio_n._315.2024_-_legislativo..pdf</t>
   </si>
   <si>
     <t>Encaminha ao Ministério Público do estado de São Paulo, o comunicado de Cassação do Mandato do Prefeito Municipal de Igarapava - SP, Sr. José Ricardo Rodrigues Mattar -  Decreto Legislativo nº 10/2024.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3678/oficio_n._316.2024_-_legislativo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3678/oficio_n._316.2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Tribunal de Justiça do Estado de São Paulo, o comunicado de Cassação do Mandato do Prefeito Municipal de Igarapava - SP, Sr. José Ricardo Rodrigues Mattar -  Decreto Legislativo nº 10/2024.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3675/of._317.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3675/of._317.2024._leg.pdf</t>
   </si>
   <si>
     <t>COMUNICAÇÃO DE VACÂNCIA DO CARGO DE PREFEITO MUNICIPAL E CONVOCAÇÃO PARA A ASSUNÇÃO IMEDIATA.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5217/oficio_320.2024...pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5217/oficio_320.2024...pdf</t>
   </si>
   <si>
     <t>Encaminha cópias de documentos produzidas em sede de processo de apuração de infração político-disciplinar nº 02/2024 ao Ministério Público do Trabalho da 15ª Região PTM - Ribeirão Preto, e adoção de medidas cabíveis.</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5222/oficio_321.2024...pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5222/oficio_321.2024...pdf</t>
   </si>
   <si>
     <t>Encaminha cópias de documentos produzidas em sede de processo de apuração de infração político-disciplinar nº 02/2024 ao Ministério Público do Estado de São Paulo, e adoção de medidas cabíveis.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5218/oficio_322.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5218/oficio_322.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha cópias de documentos produzidas em sede de processo de apuração de infração político-disciplinar nº 02/2024 ao Tribunal de Contas do Estado de São Paulo, e adoção de medidas cabíveis.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3766/oficio_323.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3766/oficio_323.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao executivo proposições aprovadas em Sessão Ordinária do dia 09/12/2024, para as devidas providências, e informa que na mencionada Sessão foi arquivado o Projeto de Lei Complementar 06/2024, por tratar-se de matéria inconstitucional, conforme parecer das Comissões.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5227/oficio_325.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5227/oficio_325.2024.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo, Autógrafo 57/2024 com EMENDAS, referente ao Projeto de Lei 58/2025 (LOA), e EMENDA IMPOSITIVA 01/2024.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4644/oficio_339.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4644/oficio_339.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Promotor de Justiça</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4645/oficio_344.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4645/oficio_344.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Delegada da Policia Civil de Igarapava.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4646/oficio_345.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4646/oficio_345.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Sargento da Policia Militar de Igarapava</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4647/oficio_346.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4647/oficio_346.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Chefe de Instrução do TG - 02 - 085</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4648/oficio_347.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4648/oficio_347.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Pároco da Paróquia Santa Rita de Cássia</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4649/oficio_348.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4649/oficio_348.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente do Lions Clube de Igarapava</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4650/oficio_349.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4650/oficio_349.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente da Loja Maçônica União Igarapavense</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4651/oficio_350.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4651/oficio_350.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente da Loja Maçônica Francisco Marçal Vieira</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4652/oficio_351.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4652/oficio_351.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente do Rotary Clube de Igarapava</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4653/oficio_352.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4653/oficio_352.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente do Lar Abrigo dos Idosos</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4654/oficio_354.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4654/oficio_354.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente da Casa da Criança</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4655/oficio_355.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4655/oficio_355.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente do Lar Espirita Vovó Querubina</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4656/oficio_356.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4656/oficio_356.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Presidente do Instituto Eurípedes Barsanulfo</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4657/oficio_358.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4657/oficio_358.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Coordenador da Unidade Raizen Igarapava</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4658/oficio_360.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4658/oficio_360.2024.pdf</t>
   </si>
   <si>
     <t>Convite para a Solenidade de Posse 2025-2028 - Prefeito Municipal de Igarapava.</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5226/oficio_362.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5226/oficio_362.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de Interdição de rua para realização da posse de vereadores, prefeito e vice-prefeito.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>Solicitação de Apoio Policial, para Solenidade de Posse de Prefeito, Vice-Prefeito e Vereadores.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>OFRES</t>
   </si>
   <si>
     <t>Ofício de Resposta do Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2364/of._006.2024._exec._resp._ao_requerimento_155.2023._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2364/of._006.2024._exec._resp._ao_requerimento_155.2023._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 155/2023 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2365/of._030.2024._exec._resp._ao_requerimento_156.2023._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2365/of._030.2024._exec._resp._ao_requerimento_156.2023._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 156/2023 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2366/of._031.2024._exec._resp._ao_requerimento_157.2023._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2366/of._031.2024._exec._resp._ao_requerimento_157.2023._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 157/2023 DO VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2367/of._033.2024._exec._resp._ao_requerimento_140.2023._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2367/of._033.2024._exec._resp._ao_requerimento_140.2023._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 140/2023 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2368/of._034.2024._exec._resp._ao_requerimento_158.2023._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2368/of._034.2024._exec._resp._ao_requerimento_158.2023._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 158/2023 DA VEREADOR DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2369/of._036.2024._exec._resp._ao_requerimento_078.2023._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2369/of._036.2024._exec._resp._ao_requerimento_078.2023._frederick.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 078/2023 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2370/of._039.2024._exec._resp._ao_requerimento_077.2023._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2370/of._039.2024._exec._resp._ao_requerimento_077.2023._frederick.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 077/2023 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2371/of._042.2024._exec._resp._ao_requerimento_160.2023._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2371/of._042.2024._exec._resp._ao_requerimento_160.2023._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 160/2023 DO VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 037/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2380/of._138.2024._resp._ao_of._016.2024._com._de_justica_e_redacao.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2380/of._138.2024._resp._ao_of._016.2024._com._de_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO OF. 016/2024 DA COM. JUSTIÇA E REDAÇÃO.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2401/of._142.2024._exec._resp._ao_requerimento_153.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2401/of._142.2024._exec._resp._ao_requerimento_153.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESPOSTA AO REQUERIMENTO 153/2023 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2462/of._175.2024._exec._resp._ao_req._003.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2462/of._175.2024._exec._resp._ao_req._003.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. REPOSTA AO REQUERIMENTO 003/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2463/of._176.2024._exec._resp._ao_req._002.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2463/of._176.2024._exec._resp._ao_req._002.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 002/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2464/of._181.2024._exec._resp._ao_req._07.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2464/of._181.2024._exec._resp._ao_req._07.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 007/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2472/of._187.2024._exec._resp._ao_req._004.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2472/of._187.2024._exec._resp._ao_req._004.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. DO EXECUTIVO AO REQUERIMENTO 004/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2501/of._194.2024._exec._resp._ao_req._005.2024_do_ver._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2501/of._194.2024._exec._resp._ao_req._005.2024_do_ver._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 005/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2502/of._195.2024._exec._resp._ao_req._009.2024_da_ver._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2502/of._195.2024._exec._resp._ao_req._009.2024_da_ver._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 009/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2551/of._202.2024._exec._resp._ao_req._011.2024_da_vereadora_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2551/of._202.2024._exec._resp._ao_req._011.2024_da_vereadora_carla.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 011/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2531/of._203.2024._exec._resp._ao_req._023.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2531/of._203.2024._exec._resp._ao_req._023.2024..pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 023/2024 DE VÁRIOS VEREADORES.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2524/of._205.2024._resp._ao_req._005.2024._do_vereador_carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2524/of._205.2024._resp._ao_req._005.2024._do_vereador_carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 005/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2513/of._208.2024._resp._ao_req._008.2024._da_vereadora_dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2513/of._208.2024._resp._ao_req._008.2024._da_vereadora_dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 008/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2591/of._210.2024._exec._resp._ao_req._024.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2591/of._210.2024._exec._resp._ao_req._024.2024._gelio.pdf</t>
   </si>
   <si>
     <t>RESP. AO REQUERIMENTO 024/2024 DO VEREADOR GÉLIO.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2532/of._211.2024._exec._resp._ao_req._019.2024_da_vereadora_dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2532/of._211.2024._exec._resp._ao_req._019.2024_da_vereadora_dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 019/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2549/of._212.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2549/of._212.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 020/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2533/of._213.2024._exec._resp._ao_req._021.2024_da_vereadora_dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2533/of._213.2024._exec._resp._ao_req._021.2024_da_vereadora_dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 021/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2534/of._214.2024._exec._resp._ao_req._006.2024_do_vereador_frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2534/of._214.2024._exec._resp._ao_req._006.2024_do_vereador_frederick.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 006/2024 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2535/of._215.2024._exec._resp._ao_req._012.2024_da_vereadora_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2535/of._215.2024._exec._resp._ao_req._012.2024_da_vereadora_carla.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 012/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2536/of._216.2024._exec._resp._ao_req._017.2024_do_vereador_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2536/of._216.2024._exec._resp._ao_req._017.2024_do_vereador_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 017/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2537/of._217.2024._exec._resp._ao_req._013.2024_da_vereadora_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2537/of._217.2024._exec._resp._ao_req._013.2024_da_vereadora_carla.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 013/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2538/of._218.2024._exec._resp._ao_req._014.2024_do_vereador_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2538/of._218.2024._exec._resp._ao_req._014.2024_do_vereador_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 014/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2539/of._219.2024._exec._resp._ao_req._015.2024_do_vereador_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2539/of._219.2024._exec._resp._ao_req._015.2024_do_vereador_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 015/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2552/of._220.2024._exec._resp._ao_req._018.2024_do_vereador_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2552/of._220.2024._exec._resp._ao_req._018.2024_do_vereador_gilmar.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 018/2024 DO VEREADOR GILMAR.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2540/of._222.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2540/of._222.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2541/of._223.2024._exec._resp._ao_req._022.2024_da_vereadora_dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2541/of._223.2024._exec._resp._ao_req._022.2024_da_vereadora_dra._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 022/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2608/of._232.2024._exec._resp._ao_req._025.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2608/of._232.2024._exec._resp._ao_req._025.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 025/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2609/of._233.2024._exec._resp._ao_req._027.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2609/of._233.2024._exec._resp._ao_req._027.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 027/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2610/of._234.2024._exec._resp._ao_req._030.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2610/of._234.2024._exec._resp._ao_req._030.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 030/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2612/of._239.2024._exec._resp._ao_req._016.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2612/of._239.2024._exec._resp._ao_req._016.2024._frederick.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 016/2024 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2613/of._242.2024._exec._resp._ao_req._031.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2613/of._242.2024._exec._resp._ao_req._031.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 031/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2614/of._244.2024._exec._resp._ao_req._026.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2614/of._244.2024._exec._resp._ao_req._026.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 026/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2615/of._252.2024._exec._resp._ao_req._028.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2615/of._252.2024._exec._resp._ao_req._028.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. RESP. DO EXECUTIVO AO REQUERIMENTO 028/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2678/of._257.2024._resp._ao_req._035.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2678/of._257.2024._resp._ao_req._035.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 035/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2677/of._258.2024._resp._ao_req._034.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2677/of._258.2024._resp._ao_req._034.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 034/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2679/of._259.2024._resp._ao_req._033.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2679/of._259.2024._resp._ao_req._033.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 033/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2680/of._269.2024._resp._ao_req._050.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2680/of._269.2024._resp._ao_req._050.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 050/2024 DO VEREADOR GILMAR.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2648/of._271.2024._resp._ao_req._029.224._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2648/of._271.2024._resp._ao_req._029.224._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 029/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2733/of._276.2024._resp._ao_req._051.2024._rinaldo_gilmar_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2733/of._276.2024._resp._ao_req._051.2024._rinaldo_gilmar_e_carla.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 051/2024 DOS VEREADORES GILMAR, RINALDO E CARLA.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2699/of._281.2024._resp._ao_req._040.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2699/of._281.2024._resp._ao_req._040.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQ. 040/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2700/of._282.2024._resp._ao_req._038.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2700/of._282.2024._resp._ao_req._038.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQ. 038/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2701/of._283.2024._resp._ao_req._039.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2701/of._283.2024._resp._ao_req._039.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQ. 039/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2702/of._290.2024._resp._ao_req._044.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2702/of._290.2024._resp._ao_req._044.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQ. 044/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2703/of._291.2024._resp._ao_req._041.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2703/of._291.2024._resp._ao_req._041.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQ. 041/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2753/of._296.2024._resp._ao_req._061.2024._rinaldo_gilmar_carlos_edinamar_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2753/of._296.2024._resp._ao_req._061.2024._rinaldo_gilmar_carlos_edinamar_e_carla.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 061/2024 DOS VEREADORES RINALDO, DRA. EDINAMAR, CARLA, CARLOS E GILMAR.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2734/of._299.2024._resp._ao_req._047.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2734/of._299.2024._resp._ao_req._047.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 047/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2735/of._300.2024._resp._ao_req._046.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2735/of._300.2024._resp._ao_req._046.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 046/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2736/of._302.2024._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2736/of._302.2024._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 049/2024 DOS VEREADORES RINALDO E GILMAR.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2737/of._303.2024._solicita_prazo_para_resp._ao_req._048.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2737/of._303.2024._solicita_prazo_para_resp._ao_req._048.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. SOLICITA PRAZO PARA RESPOSTA AO REQUERIMENTO 048/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2743/of._306.2024._resp._ao_req._045.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2743/of._306.2024._resp._ao_req._045.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 045/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2791/of._314.2024._exec._resp._ao_req._053.2024._rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2791/of._314.2024._exec._resp._ao_req._053.2024._rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 053/2024 DOS VEREADORES RINALDO E CARLA.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2792/of._316.2024._exec._resp._ao_req._055.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2792/of._316.2024._exec._resp._ao_req._055.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 055/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2806/of._318.2024._exec._resp._ao_req._057.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2806/of._318.2024._exec._resp._ao_req._057.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 057/2024. EDINAMAR.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2795/of._319.2024._exec._resp._ao_req._056.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2795/of._319.2024._exec._resp._ao_req._056.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 056/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2793/of._321.2024._exec._resp._ao_req._058.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2793/of._321.2024._exec._resp._ao_req._058.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 058/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2794/of._322.2024._exec._resp._ao_req._059.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2794/of._322.2024._exec._resp._ao_req._059.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 059/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2796/of._323.2024._exec._resp._ao_req._054.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2796/of._323.2024._exec._resp._ao_req._054.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 054/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2798/of._328.2024._exec._resp._ao_req._052.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2798/of._328.2024._exec._resp._ao_req._052.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 052/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2855/of._331.2024._exec._resp._ao_req._066.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2855/of._331.2024._exec._resp._ao_req._066.2024._frederick.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 066/2024 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2856/of._332.2024._exec._resp._ao_req._064.2024._edinamar_carlos_e_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2856/of._332.2024._exec._resp._ao_req._064.2024._edinamar_carlos_e_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 064/2024 DOS VEREADORES EDINAMAR, CARLOS ROBERTO E RINALDO.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2857/of._333.2024._exec._resp._ao_req._062.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2857/of._333.2024._exec._resp._ao_req._062.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 062/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2858/of._334.2024._exec._resp._ao_req._063.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2858/of._334.2024._exec._resp._ao_req._063.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 063/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2862/of._335.2024._exec._resp._ao_req._065.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2862/of._335.2024._exec._resp._ao_req._065.2024._frederick.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 065/2024 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2859/of._336.2024._exec._resp._ao_req._067.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2859/of._336.2024._exec._resp._ao_req._067.2024._frederick.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 067/2024 DO VEREADOR FREDERICK.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2860/of._337.2024._exec._resp._ao_req._068.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2860/of._337.2024._exec._resp._ao_req._068.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 068/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2863/of._338.2024._exec._resp._ao_req._048.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2863/of._338.2024._exec._resp._ao_req._048.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 048/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2861/of._339.2024._exec._resp._ao_req._060.2024._gelio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2861/of._339.2024._exec._resp._ao_req._060.2024._gelio.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 060/2024 DO VEREADOR GÉLIO.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2904/oficio_349.24_do_exec._resp_req._69.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2904/oficio_349.24_do_exec._resp_req._69.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 069/2024 DA VEREADORA CARLA ADRIANA MENDONÇA.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2905/oficio_350.24_do_ex._reposta_req._75.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2905/oficio_350.24_do_ex._reposta_req._75.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 075/2024 DO VEREADOR FREDERICK REQUI MENDONÇA.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2906/oficio_351.24_do_exec._resp_req._70.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2906/oficio_351.24_do_exec._resp_req._70.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 070/2024 DOS VEREADORES RINALDO GROU GOBBI E GILMAR FERNANDES.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2903/oficio_352.2024_do_exec._em_resp._ao_requerimento_77.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2903/oficio_352.2024_do_exec._em_resp._ao_requerimento_77.2024.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 077/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2912/resposta_requerimento_71.2024_edinamar_compressed-123-149.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2912/resposta_requerimento_71.2024_edinamar_compressed-123-149.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 071/2024 DA VEREADORA EDINAMAR APARECIDA ISETE DA COSTA.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2907/oficio_355.24_do_exec._em_resposta_ao_req._73.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2907/oficio_355.24_do_exec._em_resposta_ao_req._73.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 073/2024 DO VEREADOR RINALDO GROU GOBBI.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2908/oficio_363.24_do_exec._resp_req._36.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2908/oficio_363.24_do_exec._resp_req._36.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 036/2024 DO VEREADOR RINALDO GROU GOBBI.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2909/oficio_364.24_do_exec._resp_req._72.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2909/oficio_364.24_do_exec._resp_req._72.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 072/2024 DA VEREADORA EDINAMAR APARECIDA ISETE DA COSTA.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2902/oficio_379.2024_do_exec._em_resp._ao_requerimento_74.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2902/oficio_379.2024_do_exec._em_resp._ao_requerimento_74.2024.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 074/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2901/oficio_380.2024_do_exec._em_resp._ao_req._76.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2901/oficio_380.2024_do_exec._em_resp._ao_req._76.2024.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 076/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2972/oficio_398.2024_resp._ao_requerimento_79.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2972/oficio_398.2024_resp._ao_requerimento_79.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>Ofício 398.2024 Resp. ao Requerimento 79.2024. Dra. Edinamar</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2914/of._399.2024._solicita_prazo_para_resp._ao_req._080.2024._dra._edinamar..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2914/of._399.2024._solicita_prazo_para_resp._ao_req._080.2024._dra._edinamar..pdf</t>
   </si>
   <si>
     <t>Of. 399.2024. Solicita Prazo para Resp. ao Req. 080.2024. Dra. Edinamar.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2971/oficio_400.2024_resp._ao_requerimento_78.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2971/oficio_400.2024_resp._ao_requerimento_78.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>Ofício 400.2024 Resp. ao Requerimento 78.2024. Dra. Edinamar</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2945/oficio_421.24_do_exec._resp._req._84.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2945/oficio_421.24_do_exec._resp._req._84.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 084/2024 DA VEREADORA EDINAMAR APARECIDA ISETE DA COSTA.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2966/of._422.2024._solicita_prazo_para_resp._ao_req._087.2024._dra._edinamar..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2966/of._422.2024._solicita_prazo_para_resp._ao_req._087.2024._dra._edinamar..pdf</t>
   </si>
   <si>
     <t>Of. 422.2024. Solicita Prazo para Resp. ao Req. 087.2024. Dra. Edinamar, Carlos Roberto, Rinaldo e Carla.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2969/oficio_423.2024_resp._ao_requerimento_85.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2969/oficio_423.2024_resp._ao_requerimento_85.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>Ofício 423.2024 Resp. ao Requerimento 85.2024. Dra. Edinamar</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2944/oficio_425.24_do_exec._resp._req._82.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2944/oficio_425.24_do_exec._resp._req._82.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 082/2024 DA VEREADORA EDINAMAR APARECIDA ISETE DA COSTA.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2968/of._426.2024._solicita_prazo_para_resp._ao_req._088.2024._carla..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2968/of._426.2024._solicita_prazo_para_resp._ao_req._088.2024._carla..pdf</t>
   </si>
   <si>
     <t>Of. 426.2024. Solicita Prazo para Resp. ao Req. 088.2024. Carla.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2946/oficio_427.24_do_exec._resp._req._86.24.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2946/oficio_427.24_do_exec._resp._req._86.24.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 086/2024 DOS VEREADORES EDINAMAR APARECIDA ISETE DA COSTA, RINALDO GROU GOBBI E CARLA ADRIANA MENDONÇA.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2990/of._459.2024._resp._ao_req._80.2024._dra_edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2990/of._459.2024._resp._ao_req._80.2024._dra_edinamar.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N. 459.2024. RESPOSTA AO REQ. 80/2024. DRA EDINAMAR</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3419/oficio_460.2024_-_10o_aditamento_convenio_003.2021.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3419/oficio_460.2024_-_10o_aditamento_convenio_003.2021.pdf</t>
   </si>
   <si>
     <t>OF. SECRETARIA MUNICIPAL DE SAÚDE 10º ADITAMENTO AO CONVÊNIO 03/2021.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3420/oficio_461.2024_-_6o_aditamento_convenio_003.2023.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3420/oficio_461.2024_-_6o_aditamento_convenio_003.2023.pdf</t>
   </si>
   <si>
     <t>OF. SECRETARIA MUNICIPAL DE SAÚDE 6º ADITAMENTO AO CONVÊNIO 03/2023.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3027/of._488.2024._exec._resp._ao_req._088.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3027/of._488.2024._exec._resp._ao_req._088.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 088/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3025/of._489.2024._exec._resp._ao_req._087.2024._carlos_edinamar_rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3025/of._489.2024._exec._resp._ao_req._087.2024._carlos_edinamar_rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 087/2024 DOS VEREADORES EDINAMAR, CARLOS ROBRTO, RINALDO E CARLA.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3026/of._490.2024._exec._resp._ao_req._089.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3026/of._490.2024._exec._resp._ao_req._089.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 089/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3028/of._492.2024._exec._resp._ao_req._113.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3028/of._492.2024._exec._resp._ao_req._113.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 113/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3031/of._498.2024._exec._resp._ao_of._151.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3031/of._498.2024._exec._resp._ao_of._151.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO OF. 151/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3034/of._499.2024._exec._resp._ao_req._092.2024._gilmar_e_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3034/of._499.2024._exec._resp._ao_req._092.2024._gilmar_e_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 092/2024 DOS VEREADORES GILMAR E RINALDO.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3035/of._500.2024._exec._resp._ao_req._091.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3035/of._500.2024._exec._resp._ao_req._091.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 091/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3252/of._509.2024._exec._resp._ao_req._098.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3252/of._509.2024._exec._resp._ao_req._098.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 098/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3253/of._510.2024._exec._resp._ao_req._099.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3253/of._510.2024._exec._resp._ao_req._099.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 099/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3254/of._511.2024._exec._resp._ao_req._093.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3254/of._511.2024._exec._resp._ao_req._093.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 093/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3255/of._512.2024._exec._resp._ao_req._096.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3255/of._512.2024._exec._resp._ao_req._096.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 096/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3256/of._513.2024._exec._resp._ao_req._097.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3256/of._513.2024._exec._resp._ao_req._097.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 097/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3257/of._514.2024._exec._resp._ao_req._100.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3257/of._514.2024._exec._resp._ao_req._100.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 100/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3258/of._515.2024._exec._resp._ao_req._102.2024._wagner.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3258/of._515.2024._exec._resp._ao_req._102.2024._wagner.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. COM PEDIDO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 102/2024 DO VEREADOR WAGNER.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3259/of._516.2024._exec._resp._ao_req._101.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3259/of._516.2024._exec._resp._ao_req._101.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 101/2024 DA VEREADORA EDINAMAR.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3260/of._517.2024._exec._resp._ao_req._094.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3260/of._517.2024._exec._resp._ao_req._094.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 094/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3261/of._525.2024._exec._resp._ao_req._108.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3261/of._525.2024._exec._resp._ao_req._108.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 108/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3262/of._526.2024._exec._resp._ao_req._115.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3262/of._526.2024._exec._resp._ao_req._115.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 115/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3263/of._527.2024._exec._resp._ao_req._111.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3263/of._527.2024._exec._resp._ao_req._111.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 111/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3264/of._528.2024._exec._resp._ao_req._105.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3264/of._528.2024._exec._resp._ao_req._105.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 105/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3265/of._529.2024._exec._resp._ao_req._114.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3265/of._529.2024._exec._resp._ao_req._114.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 114/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3266/of._530.2024._exec._resp._ao_req._104.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3266/of._530.2024._exec._resp._ao_req._104.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 104/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3267/of._531.2024._exec._resp._ao_req._110.2024._francirnildo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3267/of._531.2024._exec._resp._ao_req._110.2024._francirnildo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 110/2024 DO VEREADOR FRANCIRNILDO.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3268/of._532.2024._exec._resp._ao_req._112.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3268/of._532.2024._exec._resp._ao_req._112.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 112/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3269/of._534.2024._exec._resp._ao_req._095.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3269/of._534.2024._exec._resp._ao_req._095.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 095/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3270/of._535.2024._exec._resp._ao_req._106.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3270/of._535.2024._exec._resp._ao_req._106.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 106/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3271/of._536.2024._exec._resp._ao_req._109.2024._francirnildo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3271/of._536.2024._exec._resp._ao_req._109.2024._francirnildo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 109/2024 DO VEREADOR FRANCIRNILDO.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3272/of._537.2024._exec._resp._ao_req._107.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3272/of._537.2024._exec._resp._ao_req._107.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXEC. EM RESP. AO REQUERIMENTO 107/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3353/of._572.2024._exec._resp._ao_requerimento_102.2024_do_ver._wagner..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3353/of._572.2024._exec._resp._ao_requerimento_102.2024_do_ver._wagner..pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 102/2024 DO VEREADOR WAGNER JOSÉ.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3394/of._582.2024._exec._solicitacao_prazo_para_resp._ao_requerimento_122.204._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3394/of._582.2024._exec._solicitacao_prazo_para_resp._ao_requerimento_122.204._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 122/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3441/of._593.2024._resp._ao_req._122.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3441/of._593.2024._resp._ao_req._122.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 122/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3442/of._594.2024._resp._ao_req._117.2024._carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3442/of._594.2024._resp._ao_req._117.2024._carla.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 117/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3443/of._595.2024._resp._ao_req._116.2024._carla_adriana.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3443/of._595.2024._resp._ao_req._116.2024._carla_adriana.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 116/2024 DA VEREADORA CARLA.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3444/of._596.2024._solicitacao_de_prazo_p._resp._ao_req._134.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3444/of._596.2024._solicitacao_de_prazo_p._resp._ao_req._134.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 134/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3445/of._597.2024._resp._ao_req._123.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3445/of._597.2024._resp._ao_req._123.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 123/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3446/of._598.2024._solicitacao_de_prazo_p._resp._ao_req._133.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3446/of._598.2024._solicitacao_de_prazo_p._resp._ao_req._133.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 133/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3447/of._599.2024._solicitacao_de_prazo_p._resp._ao_req._128.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3447/of._599.2024._solicitacao_de_prazo_p._resp._ao_req._128.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 128/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3448/of._600.2024._solicitacao_de_prazo_p._resp._ao_req._127.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3448/of._600.2024._solicitacao_de_prazo_p._resp._ao_req._127.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 127/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3449/of._601.2024._resp._ao_req._124.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3449/of._601.2024._resp._ao_req._124.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 124/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3450/of._602.2024._resp._ao_req._121.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3450/of._602.2024._resp._ao_req._121.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 121/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3451/of._603.2024._resp._ao_req._119.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3451/of._603.2024._resp._ao_req._119.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 119/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3452/of._604.2024._resp._ao_req._118.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3452/of._604.2024._resp._ao_req._118.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 118/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3453/of._605.2024._resp._ao_req._131.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3453/of._605.2024._resp._ao_req._131.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 131/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3454/of._606.2024._resp._ao_req._126.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3454/of._606.2024._resp._ao_req._126.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 126/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3458/of._607.2024._resp._ao_req._129.2024._ana_luiza_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3458/of._607.2024._resp._ao_req._129.2024._ana_luiza_.pdf</t>
   </si>
   <si>
     <t>OF. RESP. AO REQUERIMENTO 129/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3455/of._610.2024._resp._ao_req._120.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3455/of._610.2024._resp._ao_req._120.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 120/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3456/of._611.2024._solicitacao_de_prazo_p._resp._ao_req._132.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3456/of._611.2024._solicitacao_de_prazo_p._resp._ao_req._132.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 132/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3457/of._612.2024._solicitacao_de_prazo_p._resp._ao_req._130.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3457/of._612.2024._solicitacao_de_prazo_p._resp._ao_req._130.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 130/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3498/of._625.2024._exec._resp._ao_req._139.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3498/of._625.2024._exec._resp._ao_req._139.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 139/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3499/of._626.2024._exec._resp._ao_req._136.2024._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3499/of._626.2024._exec._resp._ao_req._136.2024._edinamar.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 136/2024 DA VEREADORA DRA. EDINAMAR.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3500/of._627.2024._exec._resp._ao_req._135.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3500/of._627.2024._exec._resp._ao_req._135.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 135/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3501/of._628.2024._exec._resp._ao_req._127.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3501/of._628.2024._exec._resp._ao_req._127.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 127/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3502/of._629.2024._exec._resp._ao_req._128.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3502/of._629.2024._exec._resp._ao_req._128.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 128/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3503/of._630.2024._exec._resp._ao_req._133.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3503/of._630.2024._exec._resp._ao_req._133.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 133/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3504/of._631.2024._exec._resp._ao_req._130.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3504/of._631.2024._exec._resp._ao_req._130.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 130/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3505/of._632.2024._exec._resp._ao_req._132.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3505/of._632.2024._exec._resp._ao_req._132.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 132/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3507/of._638.2024._exec._resp._ao_req._138.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3507/of._638.2024._exec._resp._ao_req._138.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 138/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3508/of._640.2024._exec._solicitacao_de_prazo_p._resp._ao_req._137.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3508/of._640.2024._exec._solicitacao_de_prazo_p._resp._ao_req._137.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. SOLICITA PRAZO PARA RESPOSTA AO REQUERIMENTO 137/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3524/of._643.2024._exec._solicitacao_de_prazo_p._resp._ao_req._142.2024._wagner.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3524/of._643.2024._exec._solicitacao_de_prazo_p._resp._ao_req._142.2024._wagner.pdf</t>
   </si>
   <si>
     <t>SOLICITA PRAZO PARA RESPOSTA AO REQUERIMENTO 142/2024 DO VEREADOR WAGNER.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3525/of._644.2024._exec._solicitacao_de_prazo_p._resp._ao_req._141.2024._wagner.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3525/of._644.2024._exec._solicitacao_de_prazo_p._resp._ao_req._141.2024._wagner.pdf</t>
   </si>
   <si>
     <t>OF. COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 141/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3535/of._650.2024._exec._resp._ao_req._143.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3535/of._650.2024._exec._resp._ao_req._143.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>Of. 650.2024. EXEC. RESP. AO REQUERIMENTO 143.2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3536/of._651.2024._exec._resp._ao_req._137.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3536/of._651.2024._exec._resp._ao_req._137.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>Of. 651.2024. EXEC. RESP. AO REQUERIMENTO 137.2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3551/of._661.2024._resp._ao_req._144.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3551/of._661.2024._resp._ao_req._144.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 144/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3552/of._662.2024._resp._ao_req._142.2024._wagner.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3552/of._662.2024._resp._ao_req._142.2024._wagner.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 142/2024 DO VEREADOR WAGNER.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3553/of._663.2024._resp._ao_req._141.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3553/of._663.2024._resp._ao_req._141.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. EM RESPOSTA AO REQUERIMENTO 141/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3587/of._680.2024._resp._ao_req._152.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3587/of._680.2024._resp._ao_req._152.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 152/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3594/of._681.2024._resp._ao_req._148.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3594/of._681.2024._resp._ao_req._148.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 148/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3595/of._682.2024._resp._ao_req._145.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3595/of._682.2024._resp._ao_req._145.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 145/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3596/of._683.2024._resp._ao_req._147.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3596/of._683.2024._resp._ao_req._147.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 147/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3597/of._684.2024._resp._ao_req._146.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3597/of._684.2024._resp._ao_req._146.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 146/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3598/of._685.2024._resp._ao_req._151.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3598/of._685.2024._resp._ao_req._151.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 151/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3599/of._687.2024._resp._ao_req._150.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3599/of._687.2024._resp._ao_req._150.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 150/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3600/of._688.2024._resp._ao_req._149.2024._gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3600/of._688.2024._resp._ao_req._149.2024._gilmar.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 149/2024 DO VEREADOR GILMAR.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3608/of._699.2024._exec._resp._ao_req._153.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3608/of._699.2024._exec._resp._ao_req._153.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 153/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3609/of._700.2024._exec._resp._ao_req._154.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3609/of._700.2024._exec._resp._ao_req._154.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 154/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3610/of._701.2024._exec._resp._ao_req._155.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3610/of._701.2024._exec._resp._ao_req._155.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 155/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3625/of._704.2024._exec._resp._ao_req._157.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3625/of._704.2024._exec._resp._ao_req._157.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 157/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3626/of._705.2024._exec._solicita_prazo_p._resp._ao_req._156.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3626/of._705.2024._exec._solicita_prazo_p._resp._ao_req._156.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO COM SOLICITAÇÃO DE PRAZO PARA RESPOSTA AO REQUERIMENTO 157/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3643/of._711.2024._resp._ao_req._162.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3643/of._711.2024._resp._ao_req._162.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 162/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3644/of._712.2024._resp._ao_req._163.2024._ana_luiza_e_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3644/of._712.2024._resp._ao_req._163.2024._ana_luiza_e_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 163/2024 DOS VEREADORES ANA LUIZA E RINALDO.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3647/of._713.2024._resp._ao_req._160.2024._carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3647/of._713.2024._resp._ao_req._160.2024._carlos_roberto.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 160/2024 DO VEREADOR CARLOS ROBERTO.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3645/of._714.2024._resp._ao_req._156.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3645/of._714.2024._resp._ao_req._156.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 156/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3646/of._715.2024._exec._solicita_prazo_p._resp._ao_req._159.2024_do_ver._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3646/of._715.2024._exec._solicita_prazo_p._resp._ao_req._159.2024_do_ver._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO SOLICITA PRAZO PARA RESPOSTA AO REQUERIMENTO 159/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3660/of._725.2024._exec._resp._ao_requerimento_164.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3660/of._725.2024._exec._resp._ao_requerimento_164.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 164/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3661/of._726.2024._resp._ao_req._166.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3661/of._726.2024._resp._ao_req._166.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 166/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3662/of._727.2024._resp._ao_req._168.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3662/of._727.2024._resp._ao_req._168.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 168/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3663/of._728.2024._resp._ao_req._165.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3663/of._728.2024._resp._ao_req._165.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 165/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3665/of._729.2024._resp._ao_req._167.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3665/of._729.2024._resp._ao_req._167.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 167/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3674/of._734.2024._exec._resp._ao_req._159.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3674/of._734.2024._exec._resp._ao_req._159.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 159/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3679/of._738.2024._exec._resp._ao_req._169.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3679/of._738.2024._exec._resp._ao_req._169.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 169/2024 DA VEREADORA NA LUIZA.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3680/of._739.2024._exec._resp._ao_req._170.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3680/of._739.2024._exec._resp._ao_req._170.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 170/2024 DA VEREADORA NA LUIZA.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3681/of._740.2024._exec._resp._ao_req._171.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3681/of._740.2024._exec._resp._ao_req._171.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 171/2024 DA VEREADORA NA LUIZA.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3682/of._741.2024._exec._resp._ao_req._172.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3682/of._741.2024._exec._resp._ao_req._172.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 172/2024 DA VEREADORA NA LUIZA.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3683/of._742.2024._exec._resp._ao_req._173.2024._ana_luiza_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3683/of._742.2024._exec._resp._ao_req._173.2024._ana_luiza_.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 173/2024 DA VEREADORA NA LUIZA.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3693/resposta_req._174.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3693/resposta_req._174.pdf</t>
   </si>
   <si>
     <t>RESPONDE AO REQUERIMENTO 174/2024 DE INFORMAÇÕES SOBRE OS APARELHOS DE AR CONDICIONADO, SOBRE O BEBEDOURO DE ÁGUA E O CONTROLE DE PONTO DOS FUNCIONÁRIOS DA CASA DA CULTURA.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3694/resposta_req._175.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3694/resposta_req._175.pdf</t>
   </si>
   <si>
     <t>RESPONDE O REQUERIMENTO 175/2024 DE INFORMAÇÕES SOBRE A COBERTURA VACINAL NA PRIMEIRA INFANCIA, ABRANGENDO OS ANOS DE 2022, 2023 E 2024.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3699/of._753.2024._exec._resp._ao_req._173.2024_da_vereadora_ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3699/of._753.2024._exec._resp._ao_req._173.2024_da_vereadora_ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 177/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3700/of._754.2024._exec._resp._ao_req._176.2024_da_vereadora_ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3700/of._754.2024._exec._resp._ao_req._176.2024_da_vereadora_ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 176/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3701/of._756.2024._exec._resp._ao_req._180.2024_da_vereadora_ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3701/of._756.2024._exec._resp._ao_req._180.2024_da_vereadora_ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 180/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3702/of._757.2024._exec._resp._ao_req._179.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3702/of._757.2024._exec._resp._ao_req._179.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 179/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3703/of._758.2024._exec._resp._ao_req._178.2024_do_vereador_rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3703/of._758.2024._exec._resp._ao_req._178.2024_do_vereador_rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO EM RESPOSTA AO REQUERIMENTO 178/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>ANTPR</t>
   </si>
   <si>
     <t>Anteprojeto</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2373/anteprojeto_de_lei_001.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2373/anteprojeto_de_lei_001.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE IGARAPAVA A NECESSIDADE DA DISTRIBUIÇÃO GRATUITA DE SUPLEMENTOS VITAMINICOS EM PÓ, SEM SABOR, A MAIORES DE 60 ANOS DE IDADE, RESIDENTES NO MUNICÍPIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2393/anteprojeto_de_lei_002.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2393/anteprojeto_de_lei_002.2024._frederick.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SRVIDORES PÚBLICOS MUNICIPAIS ATIVOS E INATIVOS E PENSIONISTAS COM DIREITO A PARIDADE, Á TÍTULO DE REAJUSTE SALARIAL ESPONTÂNEO E DE REVISÃO GERAL ANUAL, BEM COMO SOBRE O REAJUSTE DO VALE ALIMENTAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2394/anteprojeto_de_lei_003.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2394/anteprojeto_de_lei_003.2024._frederick.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ART. 127, II E §1º, DA LEI COMPLEMENTAR Nº 45/2015, QUE DISPÕE SOBRE O AUXÍLIO-TRANSPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2395/anteprojeto_de_lei_004.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2395/anteprojeto_de_lei_004.2024._frederick.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1108/2023, QUE TRATA DAS DIRETRIZES ORÇAMENTÁRIAS PARA O ANO DE 2024. ALTERA A LEI 344/2008, PARA INCLUIR A PREVISÃO DA POSSIBILIDADE DE EXTENSÃO DAS VERBAS E DOS AUXÍLIOS DE NATUREZA INDENIZATÓRIA, PRÓPRIOS DE SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS, AOS CONSELHEIROS TUTELARES, ALTER A LEI Nº 783/2018, PARA INCLUIR PREVISÃO DE FORNECIMENTO DO VALE-ALIMENTAÇÃO AOS CONSELHEIROS TUTELARES.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2411/anteprojeto_de_lei_005.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2411/anteprojeto_de_lei_005.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE IGARAPAVA O PROGRAMA SAÚDE DA MULHER NA MELHOR IDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2427/anteprojeto_de_lei_006.2024._dra._edinamar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2427/anteprojeto_de_lei_006.2024._dra._edinamar.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE RAÇÃO E UTENSÍLIOS PARA ANIMAIS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2486/anteprojeto_de_lei_007.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2486/anteprojeto_de_lei_007.2024._frederick.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 783/2018, PARA INCLUIR PREVISÃO DE CONCESSÃO DO VALE-ALIMENTAÇÃO AOS SERVIDORES INATIVOS DO EXECUTIVO E DEMAIS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2560/anteprojeto_de_lei_008.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2560/anteprojeto_de_lei_008.2024._frederick.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 344/2008, FIXANDO NOVO VALOR PARA O SUBSÍDIO DEVIDO AOS CONSELHEIROS TUTELARES, CRIADOS PELA LEI Nº 015/2001, E INSERINDO PREVISÃO DE REAJUSTAMENTO ANUAL EM CONJUNTO COM O CONCEDIDO AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2491/anteprojeto_de_lei_010.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2491/anteprojeto_de_lei_010.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE IGARAPAVA, O DIA "CAVALGADA AMIGOS DO CAVALO".</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2523/anteprojeto_de_lei_011.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2523/anteprojeto_de_lei_011.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE IGARAPAVA, O DIA "CAVALGADA DOS AMIGOS"</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2576/anteprojeto_de_lei_012.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2576/anteprojeto_de_lei_012.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>DISPÕ SOBRE O USO DE DRONES NAS AÇÕES DE COMBATE À DENGUE NO MUNICÍPIO DE IGARAPAVA.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2687/anteprojeto_de_lei_013.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2687/anteprojeto_de_lei_013.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DO CLUBE DO CAVALO DE IGARAPAVA/SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2917/ante_projeto_de_lei_14.2024._rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2917/ante_projeto_de_lei_14.2024._rinaldo..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DOS SINAIS SONOROS NOS ESTABELECIMENTOS DE ENSINO PÚBLICO MUNICIPAL, A FIM DE NÃO GERAR INCÔMODOS SENSORIAIS AOS ALUNOS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA).</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3469/anteprojeto_de_lei_015.2024._rinaldo_e_carla.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3469/anteprojeto_de_lei_015.2024._rinaldo_e_carla.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER REPASSE FINANCEIRO MENSAL À CASA DE APOIO IANSA DE FRANCA, ESTADO DE SÃO PAULO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3558/anteprojeto_de_lei_no_16.2024.rinaldo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3558/anteprojeto_de_lei_no_16.2024.rinaldo..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ISENÇÃO DE IPTU AOS PORTADORES DE DOENÇAS GRAVES INCAPACITANTES E AOS DOENTES EM ESTÁGIO TERMINAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>ATCOM</t>
   </si>
   <si>
     <t>Ata das Comissões</t>
   </si>
   <si>
     <t>CJRFOR - Comissão Conjunta de Justiça e Redação - Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2331/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2331/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 11/01/2024.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2337/ata_da_reuniao_extraordinaria_das_comissoes_de_18.01.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2337/ata_da_reuniao_extraordinaria_das_comissoes_de_18.01.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 18/01/2024.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2355/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_05.02.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2355/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_05.02.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 05/02/2024.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2379/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_do_dia_15.02.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2379/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_do_dia_15.02.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO DAS COMISSÕES DE 15/02/2024.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2396/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.02.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2396/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.02.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 19/02/2024.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2422/ata_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.02.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2422/ata_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.02.2024.pdf</t>
   </si>
   <si>
     <t>ATA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 26/02/2024.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2451/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2451/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 04/03/2024.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2480/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2480/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 11/03/2024.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 11/04/2024.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2506/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2506/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO COJUNTA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 18/03/2024.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2508/ata_da_reuniao_extraordinaria_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2508/ata_da_reuniao_extraordinaria_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 18/03/2024.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2525/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_25.03.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2525/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_25.03.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO COJUNTA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 25/03/2024.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2561/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2561/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 01/04/2024.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2564/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2564/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 01/04/2024.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2589/ata_da_reuniao_extraordinaria_das_comissoes_de_05.04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2589/ata_da_reuniao_extraordinaria_das_comissoes_de_05.04.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 05/04/2024.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2599/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2599/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.04.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 08/04/2024.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2631/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2631/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.04.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 15/04/2024.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2660/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fiinancas_e_orcamento_de_22.04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2660/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fiinancas_e_orcamento_de_22.04.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 22/04/2024.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2693/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2693/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO CONJUNTA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 29/04/2024.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2725/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_06.05.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2725/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_06.05.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 06/05/2024.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2780/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2780/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 13/05/2024.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2827/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_20.05.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2827/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_20.05.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E DE FINANÇAS E ORÇAMENTO DE 20/05/2024.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2828/ata_reuniao_com_reppresentantes_da_igarapava_saneamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2828/ata_reuniao_com_reppresentantes_da_igarapava_saneamento.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO DOS MEMBROS DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E DE FINANÇAS E ORÇAMENTO COM REPRESENTANTES DA EMPRESA IGARAPAVA SANEAMENTO.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2869/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2869/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 27/05/2024.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2896/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.06.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2896/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.06.2024..pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 03/06/2024.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2924/ata_de_reuniao_ordinaria_das_comissoes_de_10.06.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2924/ata_de_reuniao_ordinaria_das_comissoes_de_10.06.2024.pdf</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO Ordinária das Comissões de 10.06.2024</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2974/ata_de_reuniao_ordinaria_das_comissoes_de_17.06.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2974/ata_de_reuniao_ordinaria_das_comissoes_de_17.06.2024.pdf</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO Ordinária das Comissões de 17.06.2024.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3005/ata_de_reuniao_extraordinaria_das_comissoes_de_17.06.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3005/ata_de_reuniao_extraordinaria_das_comissoes_de_17.06.2024.pdf</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO Extraordinária das Comissões de 17.06.2024</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3016/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.06.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3016/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.06.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 24/06/2024.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3288/ata_da_reuniao_ordinaria_das_comissoes_de_just._e_redacao_e_finan._e_orcamento_de_05.08.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3288/ata_da_reuniao_ordinaria_das_comissoes_de_just._e_redacao_e_finan._e_orcamento_de_05.08.2024..pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 05/08/2024.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3334/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.08.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3334/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.08.2024..pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO CONJUNTA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 12/08/2024.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3351/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fin._e_orcamento_de_20.08.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3351/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fin._e_orcamento_de_20.08.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 20/08/2024.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3366/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_27.08.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3366/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_27.08.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 27/08/2024.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3430/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_03.09.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3430/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_03.09.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 03/09/2024.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3440/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.09.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3440/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.09.2024.pdf</t>
   </si>
   <si>
     <t>Ata da Reunião Ordinária das Comissões de Justiça e Redação e Finanças e Orçamento de 10.09.2024.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_16.09.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_16.09.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 16/09/2024.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3487/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_17.09.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3487/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_17.09.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 17/09/2024.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3495/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.09.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3495/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.09.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 24/09/2024.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3523/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3523/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.10.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 01/10/2024.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3534/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3534/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.10.2024.pdf</t>
   </si>
   <si>
     <t>Ata da Reunião Ordinária das Comissões de Justiça e Redação e Finanças e Orçamento de 08.10.2024</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3550/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3550/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.10.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 15/10/2024.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3571/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_21.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3571/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_21.10.2024.pdf</t>
   </si>
   <si>
     <t>Ata da Reunião Extraordinária das Comissões de Justiça e Redação e Finanças e Orçamento de 21.10.2024</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3572/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_22.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3572/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_22.10.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 22/10/2024.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3583/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_29.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3583/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_29.10.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 29/10/2024.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3606/ata_da_reuniao_ordinaria_da_comissao_de_justica_e_redacao_e_comissao_de_financas_e_orcamento_de_05.11.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3606/ata_da_reuniao_ordinaria_da_comissao_de_justica_e_redacao_e_comissao_de_financas_e_orcamento_de_05.11.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DA COMISSÃO DE JUSTIÇA E REDAÇÃO E COMISSÃO DE FINANÇAS E ORÇAMENTO DE 05.11.2024.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3618/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.11.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3618/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.11.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 12/11/2024.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3632/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.11.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3632/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.11.2024.pdf</t>
   </si>
   <si>
     <t>ATA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 19/11/2024</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3650/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.11.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3650/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.11.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 26/11/2024.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3670/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.12.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3670/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.12.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO EXTRAORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 02/12/2024.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3671/ata_da_reuniao_ordinaria_das_comissoes_de_03.12.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3671/ata_da_reuniao_ordinaria_das_comissoes_de_03.12.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE 03/12/2024.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3692/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.12.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3692/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.12.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 10/12/2024.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3709/ata_da_reuniao_das_comissoes_de_17.12.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3709/ata_da_reuniao_das_comissoes_de_17.12.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO DE 17/12/2024.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>REQVB</t>
   </si>
   <si>
     <t>Requerimento Verbal</t>
   </si>
   <si>
     <t>NESTE MOMENTO A EDIL DRA. EDINAMAR REQUEREU QUE: “DIANTE DA IMPORTÂNCIA DAS MATÉRIAS E COM BASE NO ARTIGO 154, PARÁGRAFO SEGUNDO DO REGIMENTO INTERNO, FOSSE DISPENSADO O INTERSTÍCIO PARA QUE OS PROJETOS DE RESOLUÇÃO PRIVATIVA 001, 002 E 003/2024, O PROJETO DE LEI COMPLEMENTAR 001/2024 DO LEGISLATIVO E O PROJETO DE LEI COMPLEMENTAR 014/2023 DO EXECUTIVO, FOSSEM COLOCADOS NA ORDEM DO DIA DA PRESENTE SESSÃO.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>NESTE MOMENTO A EDIL DRA. EDINAMAR SOLICITOU A DISPENSA DA PUBLICAÇÃO DA REDAÇÃO FINAL DOS PROJETOS DE RESOLUÇÃO PRIVATIVA 001, 002 E 003/2024, DO PROJETO DE LEI COMPLEMENTAR 001/2024 DO LEGISLATIVO E DO PROJETO DE LEI COMPLEMENTAR 014/2023 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
@@ -10503,680 +10503,680 @@
   <si>
     <t>NESTE MOMENTO A EDIL DRA. EDINAMAR SOLICITOU A DISPENSA DA PUBLICAÇÃO DA REDAÇÃO FINAL DO PROJETO DE LEI 066/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>NESTE MOMENTO A EDIL DRA. EDINAMAR SOLICITOU A DISPENSA DA PUBLICAÇÃO DA REDAÇÃO FINAL DO PROJETO DE DECRETO LEGISLATIVO 009/2024 E DO PROJETO DE LEI 045/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>NESTE MOMENTO A EDIL DRA. EDINAMAR REQUEREU A DISPENSA DA PUBLICAÇÃO DA REDAÇÃO FINAL DO PROJETO DE LEI 058/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>OFEXE</t>
   </si>
   <si>
     <t>Ofício do Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2839/of._025.2024._exec._dep._municipal_de_engenharia.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2839/of._025.2024._exec._dep._municipal_de_engenharia.pdf</t>
   </si>
   <si>
     <t>Informando Contrato de Repasse celebrado entre o Município de Igarapava e a Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2992/oficio_n._29.2024_convite_para_audiencia_publica.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2992/oficio_n._29.2024_convite_para_audiencia_publica.pdf</t>
   </si>
   <si>
     <t>OFICIO N. 29.2024 CONVITE PARA AUDIÊNCIA PÚBLICA SOBRE O PROJETO IGARAPAVA 2040.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2457/of._180.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2457/of._180.2024._exec.pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO JUSTIFICANDO A AUSENCIA DO SR. LEVI JOSÉ DA SILVA NA SESSÃO DE 04/03/2024.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2611/of._234.2024._exec._resp._ao_req._032.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2611/of._234.2024._exec._resp._ao_req._032.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA DO EXECUTIVO AO REQUERIMENTO 032/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2616/of._252.2024._exec._resp._ao_req._035.2024._rinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2616/of._252.2024._exec._resp._ao_req._035.2024._rinaldo.pdf</t>
   </si>
   <si>
     <t>OF. RESP. DO EXECUTIVO AO REQUERIMENTO 035/2024 DO VEREADOR RINALDO.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2683/of._s.n._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2683/of._s.n._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf</t>
   </si>
   <si>
     <t>OF. S/N EM RESPOSTA AO REQUERIMENTO 049/2024 DOS VEREADORES GILMAR E RINALDO.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2970/oficio_n._310.2024_-_sms.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2970/oficio_n._310.2024_-_sms.pdf</t>
   </si>
   <si>
     <t>5º ADITIVO AO TERMO DE CONVÊNIO 003/2023.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2993/oficio_n._334.2024_-_s.m.s..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2993/oficio_n._334.2024_-_s.m.s..pdf</t>
   </si>
   <si>
     <t>OFICIO N. 334/2024 - SMS- PLANO DE TRABALHO 010/2024.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3006/oficio_n._460.2024_-_manifestacao_ambiental.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3006/oficio_n._460.2024_-_manifestacao_ambiental.pdf</t>
   </si>
   <si>
     <t>Ofício n. 460.2024 - Manifestação Ambiental</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3493/oficio_505.2024_-_camara_vereadores_-_ciencia_11o_aditivo_convenio_03.2021.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3493/oficio_505.2024_-_camara_vereadores_-_ciencia_11o_aditivo_convenio_03.2021.pdf</t>
   </si>
   <si>
     <t>11º ADITIVO AO CONVÊNIO 003/2021.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3289/oficio_506.2024._exec..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3289/oficio_506.2024._exec..pdf</t>
   </si>
   <si>
     <t>OF. DO EXECUTIVO RELATÓRIO DE VISTORIA AMBIENTAL DA PRAIA DA REVOLUÇÃO DE 32.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3526/of._516.2024._exec._sms..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3526/of._516.2024._exec._sms..pdf</t>
   </si>
   <si>
     <t>OF. 616/2024. SECRET. MUN. DE SAÚDE - 1º TERMO ADITIVO AO CONVÊNIO 02/2024.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3529/of._533.2024._sms.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3529/of._533.2024._sms.pdf</t>
   </si>
   <si>
     <t>2º Aditivo ao termo de Convênio 002/2024.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3506/of._632.2024._exec._resp._ao_req._134.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3506/of._632.2024._exec._resp._ao_req._134.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>OF. RESPOSTA AO REQUERIMENTO 134/2024 DA VEREADORA ANA LUIZA.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3653/of._722.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3653/of._722.2024._exec.pdf</t>
   </si>
   <si>
     <t>COMUNICAÇÃO SOBRE DECRETO 2922/2024</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>DOCDI</t>
   </si>
   <si>
     <t>Documentos Diversos</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2324/termo_de_convenio_005.2023._sms.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2324/termo_de_convenio_005.2023._sms.pdf</t>
   </si>
   <si>
     <t>TERMO DE CONVÊNIO 005/2023 - S.M.S.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2356/3o_aditivo_convenio_03.23_-_plano_de_trabalho_19_saude_mental_piso_e_13_da_enfermagem.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2356/3o_aditivo_convenio_03.23_-_plano_de_trabalho_19_saude_mental_piso_e_13_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>3º aditivo ao termo de convênio estabelecido pela lei municipal 1105/2023.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2357/6o_aditivo_de_termo_de_convenio_03.21_plano_de_trabalho_18_piso_enfermagem.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2357/6o_aditivo_de_termo_de_convenio_03.21_plano_de_trabalho_18_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>6º aditivo ao termo de convênio 03/2021.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2801/of._025.2024._exec._dep._municipal_de_engenharia.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2801/of._025.2024._exec._dep._municipal_de_engenharia.pdf</t>
   </si>
   <si>
     <t>OF. DO DEPARTAMENTO MUNICIPAL DE ENGENHARIA - CONTRATO DE REPASSE CELEBRADO ENTRE O MUNICÍPIO E A CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3101/oficio_n._27_-_24_-_otr_-_igarapava_saneamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3101/oficio_n._27_-_24_-_otr_-_igarapava_saneamento.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 163/2024 do legislativo, de autoria do edil Gilmar Fernandes, solicitando informações sobre a disponibilização de pagamento de água nas casa lotéricas.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2627/of._037.2024._sec._de_justica_e_cidadania.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2627/of._037.2024._sec._de_justica_e_cidadania.pdf</t>
   </si>
   <si>
     <t>OF. DA SECRETARIA DA JUSTIÇA E CIDADANIA.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3422/oficio_43.2024_-_cmv-_igarapava_saneamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3422/oficio_43.2024_-_cmv-_igarapava_saneamento.pdf</t>
   </si>
   <si>
     <t>Ofício nº 043-24 - CMV - IGARAPAVA SANEAMENTO -  Resposta de questionamentos de vereadores na Sessão Ordinária de 12/08/2024.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2341/4o_aditamento_ao_convenio_03.23saude_mental_piso.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2341/4o_aditamento_ao_convenio_03.23saude_mental_piso.pdf</t>
   </si>
   <si>
     <t>4º ADITAMENTO AO CONVÊNIO 003.2023.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2342/7o_aditamento_ao_convenio_003.2021.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2342/7o_aditamento_ao_convenio_003.2021.pdf</t>
   </si>
   <si>
     <t>7º ADITAMENTO AO CONVÊNIO 03.2021.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2405/of._sindicato_dos_funcionarios_publicos_de_igarapava.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2405/of._sindicato_dos_funcionarios_publicos_de_igarapava.pdf</t>
   </si>
   <si>
     <t>OF. DO SINDICATO DOS FUNCIONÁRIOS PÚBLICOS DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2450/of._007.2024._sindicato_dos_func._pub._de_igarapava.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2450/of._007.2024._sindicato_dos_func._pub._de_igarapava.pdf</t>
   </si>
   <si>
     <t>OF. 007/2024. SINDICATO DOS FUNCIONÁRIOS PÚBLICOS DE IGARAPAVA - _x000D_
 ASSUNTO: REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2478/contas_do_executivo_2020.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2478/contas_do_executivo_2020.pdf</t>
   </si>
   <si>
     <t>CONTAS DO EXECUTIVO DO ANO DE 2020_x000D_
 PROCESSO 00006504.989.23-7</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2527/of._s.n_do_executivo_municipal._ref._ao_proj._de_lei_complementar_004.2024._exec.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2527/of._s.n_do_executivo_municipal._ref._ao_proj._de_lei_complementar_004.2024._exec.pdf</t>
   </si>
   <si>
     <t>OF. S/N DO EXECUTIVO MUNICIPAL COM SOLICITAÇÃO REFERENTE AO PROJ. DE LEI COMPLEMENTAR 004/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2562/of._001.2024._jose_aguinaldo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2562/of._001.2024._jose_aguinaldo.pdf</t>
   </si>
   <si>
     <t>COMUNICADO DE RETORNO À FUNÇÃO DO VEREADOR JOSÉ AGUINALDO.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2598/of._001.2024._comtur.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2598/of._001.2024._comtur.pdf</t>
   </si>
   <si>
     <t>OF. DO COMTUR</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2647/of._193.2024._secret._munic._de_saude.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2647/of._193.2024._secret._munic._de_saude.pdf</t>
   </si>
   <si>
     <t>8º TERMO ADITIVO AO CONVÊNIO 003/2021.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2765/processo_tc_00007090989.20-3._contas_executivo_2021.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2765/processo_tc_00007090989.20-3._contas_executivo_2021.pdf</t>
   </si>
   <si>
     <t>PROCESSO TC 00007090.898-3. CONTAS DO EXECUTIVO 2021.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2877/of._240.2024._secretaria_mun._de_saude.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2877/of._240.2024._secretaria_mun._de_saude.pdf</t>
   </si>
   <si>
     <t>TERMO ADITIVO AO CONVÊNIO 005/2023 ENTRE A PREFEITURA E A SANTA CASA DE IGARAPAVA.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3020/despacho_presidente_proc._adm._08.2024_-_frederick_requi_mendonca.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3020/despacho_presidente_proc._adm._08.2024_-_frederick_requi_mendonca.pdf</t>
   </si>
   <si>
     <t>DESPACHO PROC. ADM. 08/2024. MEDIDAS JUDICIAIS REQUERIMENTO 77 E 78/2023.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3036/of._365.2024._secret._mun._de_saude.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3036/of._365.2024._secret._mun._de_saude.pdf</t>
   </si>
   <si>
     <t>TERMO DE CONVÊNIO 002/2024 - PRESTAÇÃO DE SERVIÇOS PARA A REALIZAÇÃO DE SERVIÇOS LABORATORIAIS E CIRURGIAS DE CATARATAS.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3037/of._366.24._secret._mun._de_saude.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3037/of._366.24._secret._mun._de_saude.pdf</t>
   </si>
   <si>
     <t>TERMO DE CONVÊNIO 001/2024 - PRESTAÇÃO DE SERVIÇOS DE DIAGNÓSTICO POR IMAGEM.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3331/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3331/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE ABERTURA DE COMISSÃO DE INVESTIGAÇÃO E PROCESSANTE.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3354/convite_iv_corrida_civica.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3354/convite_iv_corrida_civica.pdf</t>
   </si>
   <si>
     <t>Convite IV Corrida Cívica</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3355/renuncia_a_vice-presidencia_da_comissao_de_financas_e_orcamento.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3355/renuncia_a_vice-presidencia_da_comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>RENÚNCIA À VICE-PRESIDÊNCIA DA COMISSÃO DE FINANÇAS E ORÇAMENTO.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3402/pedido_de_apuracao.providencias_e_esclarecimentos.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3402/pedido_de_apuracao.providencias_e_esclarecimentos.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE APURAÇÃO/PROVIDÊNCIAS E ECLARECIMENTOS  EMPRESA CRISP TRANSPORTE E TURISMO LTDA.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3481/proc._adm._26.2024_-_solicitacao_de_medida_judiciais_-_wagner_jose_dos_santos.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3481/proc._adm._26.2024_-_solicitacao_de_medida_judiciais_-_wagner_jose_dos_santos.pdf</t>
   </si>
   <si>
     <t>PROCEDIMENTO ADMINISTRATIVO 026/2024 -  SOLICITAÇÃO DE MEDIDAS JUDICIAIS PARA OBTENÇÃO DE INFORMAÇÕES DO PODER EXECUTIVO - INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Cidadão</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3530/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3530/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3531/solicitacao_de_medidas_judiciais_-_req._122.2024_-_carlos_roberto_rodrigues_lima_proc._adm_27.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3531/solicitacao_de_medidas_judiciais_-_req._122.2024_-_carlos_roberto_rodrigues_lima_proc._adm_27.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MEDIDAS JUDICIAIS CABIVEIS POR REQUERIMENTO SEM RESPOSTA.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3565/denuncia_desvio_de_dinheiro_publico_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3565/denuncia_desvio_de_dinheiro_publico_.pdf</t>
   </si>
   <si>
     <t>DENUNCIA DE DESVIOS DE VERBAS PÚBLICAS._x000D_
 AUTOR CESAR LUIS FUZATTO.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3584/denuncia_desvio_de_dinheiro_publico_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3584/denuncia_desvio_de_dinheiro_publico_.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA DE DESVIO DE DINHEIRO PÚBLICO_x000D_
 AUTOR CESAR LUIS FUZZATO</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>OFESP</t>
   </si>
   <si>
     <t>Ofício Especial</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2991/oficio_n._001.2024_-_relatorios_tecnicos_de_projetos_de_lei..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2991/oficio_n._001.2024_-_relatorios_tecnicos_de_projetos_de_lei..pdf</t>
   </si>
   <si>
     <t>RELATÓRIOS TÉCNICOS DE PROJETOS DE LEI PARA ABERTURA DE CREDITO PARA REALIZAÇÃO DE OBRAS NO MUNICÍPIO, APRESENTADO PELO ARQ.º URB.ª - KLEBER BIZARRO MENEZES.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2913/oficio_no_08.2024_-_reprocessamento_do_resultado_da_totalizacao_-_eleicoes_2020..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2913/oficio_no_08.2024_-_reprocessamento_do_resultado_da_totalizacao_-_eleicoes_2020..pdf</t>
   </si>
   <si>
     <t>Reprocessamento do Resultado da Totalização - Eleições 2020.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3021/solicitacao_de_cpi_de_municipe.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3021/solicitacao_de_cpi_de_municipe.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CPI DE MUNÍCIPE.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3712/oficio_especial_-_devolucao_de_duodecimo.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3712/oficio_especial_-_devolucao_de_duodecimo.pdf</t>
   </si>
   <si>
     <t>DEVOLUÇÃO DE DUODÉCIMOS</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2329/proj._de_lei_001.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2329/proj._de_lei_001.2024._leg.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO MENSAL AO AGENTE DE CONTRATAÇÃO E MEMBROS DA EQUIPE DE APOIO DA CÂMARA MUNICIPAL DE IGARAPAVA/SP.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2372/proj_de_lei_002.2024._frederick.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2372/proj_de_lei_002.2024._frederick.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO MUNICIPAL COMO RUA EDNA MARIA DE SOUZA ZANQUETTA.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2476/proj._de_lei_003.2024._claudio.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2476/proj._de_lei_003.2024._claudio.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DESEMBARQUE DOS USUÁRIOS DO TRANSPORTE COLETIVO PÚBLICO EM IGARAPAVA/SP, NO PERÍODO NOTURNO, FORA DA PARADA REGULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2504/proj._de_lei_004.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2504/proj._de_lei_004.2024._leg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE IGARAPAVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2582/proj._de_lei_005.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2582/proj._de_lei_005.2024._leg.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA A EXPOSIÇÃO DE MOTIVOS NAS ABERTURAS DE CRÉDITOS SUPLEMENTARES E ESPECIAIS PELO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2626/proj._de_lei_006.2024._006.2024._rinaldo_e_carlos_roberto.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2626/proj._de_lei_006.2024._006.2024._rinaldo_e_carlos_roberto.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE IGARAPAVA, O DIA DOS CARROS REBAIXADOS E DO SOM AUTOMOTIVO.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2707/proj._de_lei_007.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2707/proj._de_lei_007.2024._leg.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INAUGURAÇÃO E A ENTREGA DE OBRAS PÚBLICAS MUNICIPAIS INCOMPLETAS, SEM CONDIÇÕES DE ATENDER AOS FINS A QUE DESTINAM OU IMPOSSIBILITADAS DE ENTRAR EM FUNCIONAMENTO IMEDIATO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3232/substitutivo_ao_projeto_de_lei_do_legislativo_n.08.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3232/substitutivo_ao_projeto_de_lei_do_legislativo_n.08.2024.pdf</t>
   </si>
   <si>
     <t>CRIA O SELO ANTICORRUPÇÃO A SER CONCEDIDO PELA PREFEITURA MUNICIPAL, ÀS EMPRESAS QUE ADOTEM OS PROGRAMAS DE INTEGRIDADE.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3233/projeto_de_lei_009.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3233/projeto_de_lei_009.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE INCENTIVOS FISCAIS A EMPRESAS CONDENADAS POR ENVOLVIMENTO EM CORRUPÇÃO DE QUALQUER ESPÉCIE OU_x000D_
 ATO DE IMPROBIDADE ADMINISTRATIVA.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3234/substitutivo_ao_projeto_de_lei_do_legislativo_n.10.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3234/substitutivo_ao_projeto_de_lei_do_legislativo_n.10.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSPARÊNCIA NA EXECUÇÃO DE EMENDAS PARLAMENTARES INDICADAS AO MUNICÍPIO POR DEPUTADOS.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3235/projeto_de_lei_011.2024._ana_luiza.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3235/projeto_de_lei_011.2024._ana_luiza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DE UM DOSSIÊ DAS TERCEIRIZAÇÕES PARA TRANSPARÊNCIA E MONITORAMENTO A RESPEITO DOS CONTRATOS DE TERCEIRIZAÇÃO QUE TÊM COMO PARTE ÓRGÃOS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3431/proj._de_lei_substitutivo_ao_pl._012.2024_carla_adriana.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3431/proj._de_lei_substitutivo_ao_pl._012.2024_carla_adriana.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE ESTRADA MUNICIPAL DE FREI ROMUALDO MARTINUCCI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3517/projeto_de_lei_substitutivo_no_13.2024._legislativo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3517/projeto_de_lei_substitutivo_no_13.2024._legislativo..pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE IGARAPAVA, "IGARAPAVA RUN".</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3537/projeto_de_lei_no_14.2024._legislativo..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3537/projeto_de_lei_no_14.2024._legislativo..pdf</t>
   </si>
   <si>
     <t>DENOMINA A ESTRADA MUNICIPAL IGP – 146 DE MARIA LUZIA GUERRA CARRER.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>RFP</t>
   </si>
   <si>
     <t>Redação Final Projetos</t>
   </si>
   <si>
     <t>APÓS APROVADO O REQUERIMENTO VERBAL DA VEREADORA DRA. EDINAMAR, O PRESIDENTE COLOCOU EM DISCUSSÃO A REDAÇÃO FINAL DOS PROJETOS DE RESOLUÇÃO PRIVATIVA 001, 002 E 003/2024, DO PROJETO DE LEI COMPLEMENTAR 001/2024 DO LEGISLATIVO E DO PROJETO DE LEI COMPLEMENTAR 014/2023 DO EXECUTIVO. ATO CONTÍNUO EM VOTAÇÃO SUAS REDAÇÕES FINAIS. REDAÇÃO FINAL DOS PROJETOS APROVADA.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>APÓS A APROVAÇÃO DO REQUERIMENTO VERBAL DA VEREADORA DRA. EDINAMAR, O PRESIDENTE COLOCOU EM DISCUSSÃO A REDAÇÃO FINAL DOS PROJETOS DE LEI 001 E 002/2024 DO EXECUTIVO. APÓS COLOCOU EM VOTAÇÃO AS REDAÇÕES FINAIS DOS PROJETOS. REDAÇÃO FINAL DOS PROJETOS APROVADA.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
@@ -11381,232 +11381,232 @@
   <si>
     <t>APÓS A APROVAÇÃO DO REQUEREIMENTO VERBAL DA VEREADORA O PRESIDENTE COLOCOU EM DISCUSSÃO A REDAÇÃO FINAL DO PROJETO DE DECRETO LEGISLATIVO 009/2024 E DO PROJETO DE LEI 045/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO. ATO CONTÍNUO COLOCOU EM VOTAÇÃO A REDAÇÃO FINAL PROJETO DE DECRETO LEGISLATIVO 009/2024 E DO PROJETO DE LEI 045/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO. REDAÇÕES FINAIS APROVADAS.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>APÓS A APROVAÇÃO DO REQUERIMENTO VERBAL DA VEREADORA DRA. EDINAMAR O PRESIDENTE COLOCOU EM DISCUSSÃO A REDAÇÃO FINAL DO PROJETO DE LEI 058/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO. ATO CONTÍNUO COLOCOU EM VOTAÇÃO A REDAÇÃO FINAL PROJETO DE LEI 058/2024 DO EXECUTIVO, NOS TERMOS DO ARTIGO 185 DO REGIMENTO INTERNO. REDAÇÃO FINAL APROVADA.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>Atos</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
     <t>DISICIPLINA O FUNCIONAMENTO DA CÂMARA MUNICIPAL DE IGARAPAVA CONSOANTE CALENDÁRIO DOS FERIADOS E PONTOS FACULTATIVOS DISCIPLINADOS PELO DECRETO Nº 2807 DE 22 DE DEZEMBRO DE 2023.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2797/ato_da_presidencia_n_02.2024_-_antecipacao_da_gratificacao_natalina_1.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2797/ato_da_presidencia_n_02.2024_-_antecipacao_da_gratificacao_natalina_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANTECIPAÇÃO DO PAGAMENTO DA GRATIFICAÇÃO NATALINA AOS SERVIDORES DACÂMARA MUNICIPAL DE IGARAPAVA-SP NO_x000D_
 EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2921/ato_da_mesa_n._04.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2921/ato_da_mesa_n._04.2024.pdf</t>
   </si>
   <si>
     <t>Ato da Mesa 04/2024 – CUMPRIMENTO AO DECRETO DE CASSAÇÃO DE MANDATO PELA JUSTIÇA ELEITORAL, NOS AUTOS DA AIJE Nº 0600536-76.2020.6.26.0050.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2922/ato_da_mesa_n._05.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2922/ato_da_mesa_n._05.2024.pdf</t>
   </si>
   <si>
     <t>Ato da Mesa 05/2024 – CONVOCAÇÃO PARA POSSE NO CARGO DE VEREADOR DO PODER LEGISLATIVO DE IGARAPAVA/SP, NOS TERMOS DO ART. 36 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3339/ato_da_presidencia_006.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3339/ato_da_presidencia_006.2024.pdf</t>
   </si>
   <si>
     <t>ATO DA PRESIDÊNCIA DISPÕE SOBRE A CRIAÇÃO E INSTALAÇÃO DA COMISSÃO PROCESSANTE EM FACE DE SUPOSTAS INFRAÇÕES POLÍTICO-ADMINISTRATIVAS PRATICADAS PELO SR. PREFEITO MUNICIPAL, JOSÉ RICARDO RODRIGUES MATTAR, CONFORME DENÚNCIA SUBSCRITA PELO ELEITOR ADILSON MORAIS FREITAS.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E INSTALAÇÃO DA COMISSÃO PROCESSANTE EM FACE DE SUPOSTAS INFRAÇÕES POLÍTICO-ADMINISTRATIVAS PRATICADAS PELO SR. PREFEITO MUNICIPA, JOSÉ RICARDO RODRIGUES MATTAR, CONFORME DENÚNCIA SUBSCRITA PELO ELEITO ANTÔNIO FERNANDES LIMA.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3691/ato_da_presidencia_008.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3691/ato_da_presidencia_008.2024.pdf</t>
   </si>
   <si>
     <t>TORNA PÚBLICO O JULGAMENTO DAS CONTAS ANUAIS DA CÃMARA MUNICIPAL DE IGARAPAVA, DO EXERCÍCIO DE 2022, PELO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2325/proj._de_lei_complementar_001.2024._leg.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2325/proj._de_lei_complementar_001.2024._leg.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO V – ATRIBUIÇÕES DE CARGOS EFETIVOS - DA LEI COMPLEMENTAR Nº 34/2013, DE 28 DE JUNHO DE 2013, CONFORME REDAÇÃO DADA PELA LEI COMPLEMENTAR Nº 87/2023, DE 18 DE JULHO DE 2023.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>PALEG</t>
   </si>
   <si>
     <t>Parecer Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3690/parecer_relator_comissao_de_justica_e_redacao_projeto_de_lei_complementar_006.2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3690/parecer_relator_comissao_de_justica_e_redacao_projeto_de_lei_complementar_006.2024.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI COMPLEMENTAR 006/2024 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BALANCETE DE RECEITA E DESPESA DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2840/balancete_executivo_janeiro_de_2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2840/balancete_executivo_janeiro_de_2024.pdf</t>
   </si>
   <si>
     <t>BALANCETE EXECUTIVO JANEIRO DE 2024.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2841/balancete_executivo_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2841/balancete_executivo_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>BALANCETE EXECUTIVO FEVEREIRO DE 2024.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2842/balancete_executivo_marco_de_2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2842/balancete_executivo_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>BALANCETE EXECUTIVO MARÇO DE 2024.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2843/balancete_executivo_abril_de_2024.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2843/balancete_executivo_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>BALANCETE EXECUTIVO ABRIL DE 2024.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>VISTA</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE VISTAS PELO VEREADOR</t>
   </si>
   <si>
     <t>PEDIDO DE VISTAS DO VEREADOR DR. MARCIO AO PROJETO DE LEI 048/2023 DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>PIPA</t>
   </si>
   <si>
     <t>Processo Infração Político-Administrativo</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3338/processo_de_cassacao_em_face_de_supostas_infracoes_politico-administrativas_praticadas_pelo_prefeito_municipal_sr._jose_ricardo_rodrigues_mattar.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3338/processo_de_cassacao_em_face_de_supostas_infracoes_politico-administrativas_praticadas_pelo_prefeito_municipal_sr._jose_ricardo_rodrigues_mattar.pdf</t>
   </si>
   <si>
     <t>Processo de Cassação em face de supostas infrações político-administrativas praticadas pelo Prefeito Municipal, Sr. José Ricardo Rodrigues Mattar, conforme denúncia subscrita pelo eleitor Adilson Morais Freitas.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3475/pedido_de_abertura_de_comissao_de_investigacao_e_processante_.pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3475/pedido_de_abertura_de_comissao_de_investigacao_e_processante_.pdf</t>
   </si>
   <si>
     <t>Processo de Cassação em face de supostas infrações político-administrativas praticadas pelo Prefeito Municipal, Sr. José Ricardo Rodrigues Mattar, conforme denúncia subscrita pelo eleitor Antônio Fernandes de Lima.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>RD</t>
   </si>
   <si>
     <t>REQUERIMENTO DE DESTAQUE PARA VOTAÇÃO EM SEPARADO</t>
   </si>
   <si>
     <t>REQUERIMENTO DE DESTAQUE PARA VOTAÇÃO EM SEPARADO DO Art. 4º Proposta de Emenda à Lei Orgânica 006/2024 da Mesa da Câmara que: “TODOS OS DECRETOS E ATOS ADMINISTRATIVOS EXPEDIDOS NO ANO DE 2024 DEVERÃO SER PUBLICADOS NO DIÁRIO OFÍCIAL DO MUNICÍPIO, OBSERVADAS AS DISPOSIÇÕES DO ART. 84 DA LEI ORGÂNICA MUNICIPAL COM A REDAÇÃO DADA POR ESTA EMENDA”.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
     <t>ANA LUIZA RILKO MATTAR, CARLA ADRIANA MENDONÇA, CARLOS ROBERTO RODRIGUES LIMA, CLAUDIO REIS VILAS BOAS, EDINAMAR APARECIDA ISETE DA COSTA, FRANCIRNILDO DA SILVA SANTANA, GEROLINO FERREIRA DE MENDONÇA FILHO, GILMAR FERNANDES, LEANDRO PEREIRA GASQUI, RINALDO GROU GOBBI, WAGNER JOSÉ DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3696/proposta_de_emenda_impositiva_n._01.2024_ao_projeto_de_lei_58.2024..pdf</t>
+    <t>http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3696/proposta_de_emenda_impositiva_n._01.2024_ao_projeto_de_lei_58.2024..pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA IMPOSITIVA 001/2024 AO PROJETO DE LEI 058/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11913,67 +11913,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2362/substitutivo_ao_proj._de_decreto_legislativo_001.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2352/proj._de_decreto_legislativo_002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2473/proj._de_decreto_legislativo_003.2024._carla_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2704/proj._de_decreto_legislativo_004.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_decreto_legislativo_005.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2706/proj._de_decreto_legislativo_006.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2724/projeto_de_decreto_legislativo_no_07.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3003/projeto_de_decreto_legislativo_n._08.2024__-_contas_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3666/projeto_de_decreto_legislativo_009.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2330/proj._001.2024._executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_02.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2400/substitutivo_ao_proj._de_lei_003.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2406/proj._de_lei_004.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2407/proj._de_lei_005.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2408/proj._de_lei_006.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2409/proj._de_lei_007.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2410/proj._de_lei_008.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2445/proj._de_lei_009.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2446/proj._de_lei_010.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2477/proj._de_lei_011.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2490/proj._de_lei_012.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2553/proj._de_lei_013.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2594/substitutivo_ao_proj._de_lei_014.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2603/proj._de_lei_016.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2604/proj._de_lei_017.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2605/proj._de_lei_018.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2646/proj._de_lei_019.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2698/proj._de_lei_020.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2719/substitutivo_ao_proj._de_lei_021.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2729/proj._de_lei_022.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2778/proj._de_lei_023.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2779/proj._de_lei_024.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2882/projeto_de_lei_n._25.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2883/projeto_de_lei_n._26.2024_-_executivo1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2884/projeto_de_lei_n._27.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2885/projeto_de_lei_substitutivo_n._28.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2886/projeto_de_lei_n._29.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2887/projeto_de_lei_n._30.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_substitutivo_31.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2935/projeto_de_lei_32.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2959/oficio_454.24_do_exec._proj._de_lei_subst._33.24.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2891/projeto_de_lei_n._34.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2931/projeto_de_lei_35.2024_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2936/projeto_de_lei_36.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2894/projeto_de_lei_n._37.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2895/projeto_de_lei_n._38.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_39.2024.exec.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_40.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2928/projeto_de_lei_41.2024.exec.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2925/projeto_de_lei_42.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2937/projeto_de_lei_43.20241.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2961/of._645.2024._exec._projeto_de_lei_substitutivo_ao_pl._044.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2962/of._646.2024._exec._projeto_de_lei_substitutivo_ao_pl._045.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2963/projeto_de_lei_46.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2964/projeto_de_lei_47.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2965/projeto_de_lei_48.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2960/projeto_de_lei._n._49.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3004/projeto_de_lei_n._50.2024..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3044/proj._de_lei_051.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3045/proj._de_lei_052.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3295/projeto_de_lei_053.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3333/proj._de_lei_054.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3340/projeto_de_lei_55.2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3375/proj._de_lei_056.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3376/proj._de_lei_057.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3520/proj._de_lei_058.2024._loa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3542/substitutivo_pl._059.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3543/proj._de_lei_060.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3544/substitutivo_pl._061.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3545/substitutivo_pl._062.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3555/proj._de_lei_063.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3556/proj._de_lei_064.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3560/proj._de_lei_065.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3561/proj._de_lei_066.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3566/proj._de_lei_067.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3589/proj._de_lei_068.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3590/proj._de_lei_069.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3642/proj._de_lei_070.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3745/projeto_de_lei_n._71.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2447/proj._de_lei_complementar_001.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2448/projeto_de_lei_complementar_substitutivo_02.2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2489/proj._de_lei_complementar_substitutivo_004.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2573/proj._de_lei_complementar_005.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2718/projeto_de_lei_complementar_no_06.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2967/proj._de_lei_compl._do_exec._07.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2327/proj._de_resolucao_privativa_001.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2326/proj._de_resolucao_privativa_002.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2328/proj._de_resolucao_privativa_003.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2507/projeto_de_resolucao_privativa_no_04.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2505/proj._de_resolucao_privativa_005.2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2593/substitutivo_ao_proj._de_resolucao_privativa_006.2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2581/proj._de_resolucao_privativa_007.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2694/proj._de_resolucao_privativa_008.2024._mesa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2788/proj._de_resolucao_privativa_009.2024._rinaldo_carla_gilmar_edinamar_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3396/projeto_de_resolucao_privativa_010.2024._mesa_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_resolucao_privativa_011.2024._rinaldo_carla_wagner_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2592/proposta_de_emenda_a_lei_organica_municipal_n._04.2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3029/proj._de_emenda_da_lei_organica._exec.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3251/proposta_de_emenda_a_lei_organica_006.2024._mesa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3563/proposta_de_emenda_a_lei_organica_municipal_n._007.2024._rinaldo_carla_wagner_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2989/mocao_de_aplausos_n._01.2024._nildo..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_001.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2361/requerimento_002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2381/requerimento_003.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_004.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2404/requerimento_005.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_006.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2417/requerimento_007.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_008.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2419/requerimento_009.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2421/requerimento_010.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2428/requerimento_011.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2429/requerimento_012.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_013.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2431/requerimento_014.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_015.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_016.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_017.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2449/requerimento_018.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_019.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_020.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2443/requerimento_021.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2444/requerimento_022.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2458/requerimento_023.2024._carlos_rinaldo_dra._edinamar_carla_claudio_leandro_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2487/requerimento_024.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2469/requerimento_025.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2470/requerimento_026.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_027.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2497/requerimento_028.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2498/requerimento_029.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2499/requerimento_030.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_031.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_032.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2547/requerimento_033.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2548/requerimento_034.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_035.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2596/requerimento_n._36.2024_-_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_037.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_038.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2572/requerimento_039.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2595/requerimento_n._40.2024_-_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2577/requerimento_041.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_044.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_045.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2619/requerimento_046.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2620/requerimento_047.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_048.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2629/requerimento_049.2024._rinaldo_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2628/requerimento_050.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2630/requerimento_051.2024._rinaldo_gilmar_e_carla.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2643/requerimento_052.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_053.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2652/requerimento_054.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2653/requerimento_055.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2654/requerimento_056.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2655/requerimento_057.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2657/requerimento_059.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2668/requerimento_060.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2685/requerimento_061.2024._edinamar_rinaldo_carla_gilmar_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2671/requerimento_062.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2684/requerimento_063.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2686/requerimento_064.2024._edinamar_rinaldo_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2689/requerimento_065.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2690/requerimento_066.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2691/requerimento_067.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2692/requerimento_068.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2713/requerimento_069.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2720/requerimento_70.2024_rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2714/requerimento_071.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2715/requerimento_072.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2716/requerimento_073.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2717/requerimento_074.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2721/requerimento_075.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2722/requerimento_076.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2723/requerimento_077.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_078.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_079.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2752/requerimento_080.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2784/requerimento_081.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2785/requerimento_082.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_083.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2802/requerimento_084.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_085.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2812/requerimento_086.2024._edinamar_carlos_rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_087.2024._edinamar_carlos_rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_088.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_089.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2919/requerimento_91.2024._carla_adriana..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2920/requerimento_n._92.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n._93.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2940/requerimento_n._94.2024._carla..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_95.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2938/requerimento_96.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2941/requerimento_n._97.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_n._98.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_n._99.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_n._100.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2953/requerimento_n._101.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2954/requerimento_n._102.2024._wagner..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2973/requerimento_n._103.2024._ana_luiza._carla._wagner_-__convocacao..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n._104.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n._105.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n._106.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2982/requerimento_107.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3000/requerimento_n._108.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2984/requerimento_109.2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2987/requerimento_110.2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2983/requerimento_111.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n._112.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2994/requerimento_n._113.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2988/requerimento_n._114.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n._115.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3142/requerimento_116.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3143/requerimento_117.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3104/requerimento_118.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3105/requerimento_119.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3106/requerimento_120.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3144/requerimento_121.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3231/requerimento_122.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_123.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3249/requerimento_124.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3250/requerimento_126.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3308/requerimento_127.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3329/requerimento_128.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3310/requerimento_129.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_130.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_131.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3313/requerimento_132.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3314/requerimento_133.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3315/requerimento_134.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3393/requerimento_135.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3391/requerimento_136.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3392/requerimento_137.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3395/requerimento_138.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3416/requerimento_139.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3414/requerimento_de_destaque_para_votacao_em_separado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3436/requerimento_141.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3437/requerimento_142.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3468/requerimento_143.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3492/requerimento_144.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3496/requerimento_145.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3497/requerimento_146.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3514/requerimento_147.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_148.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3513/requerimento_149.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3519/requerimento_150.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_151.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3528/requerimento_152.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3539/requerimento_153.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3540/requerimento_154.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3541/requerimento_155.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3547/requerimento_156.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3554/requerimento_no_157.2024_-_edil_ana_luiza_rilko_mattar.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3567/requerimento_158.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3576/requerimento_159.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3577/requerimento_160.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3578/requerimento_162.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3579/requerimento_163.2024._ana_luiza_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3585/requerimento_n._164.2024._ana_luiza_rilko_mattar.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_165.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3591/requerimento_166.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3592/requerimento_167.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3593/requerimento_168.2024._ana_luiza.pdf_.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3611/requerimento_169.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3612/requerimento_170.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3613/requerimento_171.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3614/requerimento_172.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3615/requerimento_173.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3619/requerimento_174.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3620/requerimento_175.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3633/requerimento_176.2024._ana_luiza_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3635/requerimento_177.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3651/requerimento_178.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3652/requerimento_179.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3664/requerimento_180.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2307/veto_integral_ao_autografo_067.2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2308/veto_integral_as_emendas_substitutivas_034_e_supressiva_035.2023._proj._de_lei_040.2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2870/veto_ao_autografo_028.2024._proj._de_lei_007.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2345/indicacao_001.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2346/indicacao_002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_003.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2363/indicacao_004.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2348/indicacao_005.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_006.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2350/indicacao_007.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2351/indicacao_008.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2374/indicacao_009.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2375/indicacao_010.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_011.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_012.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_013.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_014.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_015.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_016.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_017.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2386/indicacao_018.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2391/indicacao_019.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_020.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_021.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2412/indicacao_022.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_023.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_024.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2415/indicacao_025.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_026.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_027.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_028.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_029.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2437/indicacao_030.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2438/indicacao_031.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_032.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2440/indicacao_033.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_034.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2453/indicacao_035.2024._rinaldo_carlos_roberto_carla_dra._edinamar_gilmar_e_frederick.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_036.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2479/indicacao_037.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_038.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_039.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_040.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_041.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_042.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_043.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_044.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_045.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_046.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_047.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2495/indicacao_048.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2496/indicacao_049.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_050.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_051.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_052.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_053.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_054.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2519/indicacao_055.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_056.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_057.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_058.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2542/indicacao_059.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_060.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_061.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_062.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_063.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_064.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_065.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_066.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_067.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_068.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_069.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_070.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_071.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_072.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2580/indicacao_073.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_074.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2597/indicacao_n._75.2024_-_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2606/indicacao_076.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2607/indicacao_077.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2622/indicacao_078.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_079.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2624/indicacao_080.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_081.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2617/indicacao_082.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2635/indicacao_083.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacao_084.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacao_085.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacao_086.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_087.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_088.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao_089.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao_090.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_091.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2649/indicacao_092.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2658/indicacao_093.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2650/indicacao_094.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2651/indicacao_095.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao_097.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao_098.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao_099.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao_100.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao_101.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao_102.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2673/indicacao_103.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2674/indicacao_104.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2675/indicacao_105.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2676/indicacao_106.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2681/indicacao_107.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao_108.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2682/indicacao_109.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2708/indicacao_110.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2709/indicacao_111.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2710/indicacao_112.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2711/indicacao_113.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2730/indicacao_114.2024._leandro.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2731/indicacao_115.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2732/indicacao_116.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_117.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_118.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_119.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_120.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_121.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_122.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_123.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_124.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_125.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_126.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_127.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_128.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_129.2024._carlos.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2879/indicacao_130.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_131.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_132.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2881/indicacao_133.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2915/indicacao_134.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2916/indicacao_135.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2956/indicacao_n._136.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_137.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2943/indicacao_138.24_.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_139.2024._carla..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2957/indicacao_n._140.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_n._141.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_142.2024.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_144.2024.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_146.2024.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_147.2024.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_n._148.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_149.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_150.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_151.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_152.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_153.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_154.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_155.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3240/indicacao_156.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3306/indicacao_157.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_158.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3316/indicacao_159.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3328/indicacao_160.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3319/indicacao_161.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3320/indicacao_162.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_163.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_164.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3432/indicacao_165.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3433/indicacao_166.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3434/indicacao_167.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3435/indicacao_168.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3464/indicacao_169.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3465/indicacao_170.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3466/indicacao_171.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3462/indicacao_172.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3467/indicacao_173.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3489/indicacao_174.2024._ana_luiza_.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3490/indicacao_no_175.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3491/indicacao_no_176.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_177.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3512/indicacao_178.2024._wagner..pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3518/indicacao_179.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3527/indicacao_180.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3546/indicacao_181.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3557/indicacao_182.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3559/indicacao_no_183.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3580/indicacao_184.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3581/indicacao_185.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3582/indicacao_186.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3588/indicacao_187.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3601/indicacao_188.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3602/indicacao_189.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3624/indicacao_190.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3621/indicacao_191.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3622/indicacao_192.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3623/indicacao_193.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3627/indicacao_194.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3628/indicacao_195.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3630/indicacao_196.2024._nildo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3631/indicacao_197.2024._nildo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3629/indicacao_198.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3634/indicacao_199.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3636/indicacao_200.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3637/indicacao_201.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3638/indicacao_202.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3640/indicacao_203.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3641/indicacao_204.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_205.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3685/indicacao_206.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2335/proposta_de_emenda_aditiva_001.2024._ao_pl._043.2023._exec._autoria_dos_vereadores_frederick_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2526/proposta_de_emenda_aditiva_004.2024_ao_proj._de_lei_complementar_004.2024.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2567/proposta_de_emenda_modificativa_005.2024_ao_pl_013.2024.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2584/proposta_de_emenda_substitutiva_006.2024_ao_proj._de_resolucao_privativa_004.2024.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2585/proposta_de_emenda_aditiva_007.2024_ao_proj._de_lei_complementar_005.2024.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2586/proposta_de_emenda_modificativa_008.2024_ao_proj._de_lei_complementar_005.2024.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2929/emenda_aditiva_n._09.2024_ao_pl_21.2024.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2975/proposta_de_emenda_substitutiva_10-2024_ao_pl_25.2024.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3007/proposta_de_emenda_modificativa_de_redacao_n.11.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3009/emenda_substitutiva_n._12_pl_20-2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3010/proposta_de_emenda_substitutiva_n.13.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3011/proposta_de_emenda_aditiva_n.14.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3012/proposta_de_emenda_aditiva_n.15.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3013/emenda_substitutiva_n._16_pl_20-2024.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3014/proposta_de_emenda_aditiva_n.17.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3015/proposta_de_emenda_aditiva_n.18.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3017/8._emenda_supressiva_19_-_plc_02-2024.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3019/emenda_modificativa_020.2024._proj._de_lei__019.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3018/emenda_substitutiva_021.2024._proj._de_lei__050.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3346/proposta_de_emenda_modificativa_022.2024_ao_pl_023.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3347/proposta_de_emenda_modificativa_023.2024_ao_pl_024.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3348/proposta_de_emenda_modificativa_024.2024_ao_pl_036.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3463/proposta_de_emenda_modificativa_025.2024_ao_pl_057.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3483/proposta_de_emenda_modificativa_026.2024_ao_pl_056.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3509/proposta_de_emenda_modificativa_027.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3510/proposta_de_emenda_substitutiva_028.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3511/proposta_de_emenda_supressiva_029.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3568/proposta_de_emenda_substitutiva_030.2024_ao_pl._044.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3569/proposta_de_emenda_substitutiva_031.2024_ao_pl._044.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3570/proposta_de_emenda_supressiva_032.2024_ao_pl._044.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3603/proposta_de_emenda_supressiva_033.2024_ao_pl_058.2024.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3604/proposta_de_emenda_modificativa_034.2024_ao_pl_058.2024.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3605/proposta_de_emenda_aditiva_035.2024_ao_pl_058.2024.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3607/proposta_de_emenda_modificativa_036.2024_ao_pl_063.2024.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3639/proposta_de_emenda_modicicativa_37.2024_ao_pl_66.2024.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3667/proposta_de_emenda_supressiva_n.38.2024_pl_45.2024.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3668/proposta_de_emenda_aditiva_n._39.2024_pl_45.2024.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3669/proposta_de_emenda_modificativa_n.40.2024_pl_45.2024.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2837/oficio_13.2024.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2836/oficio_n._15.2024.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2829/oficio_n.19.2024.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2835/oficio_n._20.2024.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2834/oficio_n._21.2024.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2833/oficio_n._23.2024.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2777/oficio_n._26.2024.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2776/oficio_n._29.2024.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2775/oficio_n._31.2024.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2774/oficio_n._32.2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2824/oficio_n._33.2024.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2825/oficio_n._34.2024.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2773/oficio_n._35.2024.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2771/oficio_n._37.2024.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2772/oficio_n._38.2024.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2770/oficio_n._39.2024.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2769/oficio_40.2024.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2768/oficio_n._41.2024.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2767/oficio_n._42.2024.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2766/oficio_n._45.2024.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2764/oficio_n._46.2024.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2762/oficio_n._48.2024.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2832/oficio_n._49.2024.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2831/oficio_n._50.2024.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2830/oficio_n._55.2024.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2761/oficio_n._56.2024.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2848/oficio_57.2024.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2760/oficio_n._58.2024.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2759/oficio_59.2024.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2754/oficio_n._61.2024.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2755/oficio_n._64.2024.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2756/oficio_n._65.2024.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2757/oficio_n._67.2024.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2758/oficio_n._70.2024.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2738/oficio_no_071.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2739/oficio_n._072.2024_do_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2740/oficio_n._73.2024.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2741/oficio_n._74.2024.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2742/oficio_75.2024.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2745/oficio_76.2024.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2747/oficio_77.2024.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2748/oficio_78.2024.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2749/oficio_79.2024.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2847/oficio_n._81.2024.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2750/oficio_82.2024.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2846/oficio_n._86.2024.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2821/oficio_n._87.2024.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2822/oficio_n._88.2024.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2751/oficio_89.2024.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2817/oficio_n._97.2024.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2819/oficio_n._99.2024.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2845/oficio_n._100.2024.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2816/oficio_n.101.2024.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2818/oficio_n._102.2024.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2823/oficio_103_2024_informacoes_ao_projeto_de_lei_complementar_n_06_2024.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3371/oficio_n._104.2024_-_vereador_rinaldo_grou_gobbi_2.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2815/oficio_no_105.2024_-_vereadora_carla_adriana_mendonca.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2826/oficio_n._106.2024.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2838/oficio_no_108.2024.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2844/oficio_no_109.2024.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2868/oficio_no_119.2024.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2871/oficio_no_120.2024.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2873/oficio_no_121.2024.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2899/protocolo_oficio_133.24_projeto_de_lei_ord._21.24.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2900/protocolo_oficio_134.24_projeto_de_lei_ord._19.24_.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2911/oficio_n._135.2024.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3370/oficio_n._136.2024_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2948/oficio_n._137.2024..pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2949/oficio_n._138.2024.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2932/oficio_n._140.2024.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2950/oficio_n._141.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2958/oficio_n._144.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2978/of._145.2024_-_legislativo_encaminhamento_doc._sessao_de_17.06.2024.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3369/oficio_150.2024.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3030/of._151.2024._carla_adriana.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3093/oficio_n.152.2024.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3089/oficio_n._153.2024.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3094/oficio_n._154.2024.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3091/oficio_n._158.2024.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3092/oficio_n._159.2024.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3039/oficio_160.2024.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3041/oficio_no_161.2024.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3090/oficio_n._163.2024.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3317/of._170.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3318/oficio_171.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3330/oficio_no_172.2024.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3368/oficio_178.2024.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3367/oficio_n._179.2024.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3364/oficio_no_180.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3363/oficio_no_181.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3341/oficio_182.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3342/oficio_183.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3343/oficio_184.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3344/oficio_185.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3345/oficio_186.2024_-_vereador_gilmar_fernandes.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3365/oficio_no_187.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3360/oficio_no_194.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3359/oficio_no_195.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3361/oficio_n._196.2024_-_edil_wagner_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3362/oficio_no_198.2024.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3377/of._199.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3418/oficio_n._200.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3424/oficio_no_202.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3459/of._209.2024_-_comissao..pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3460/of._210.2024_-_comissao..pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3461/of._211.2024_-_comissao..pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5105/oficio_218.2024.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3733/oficio_224.2024.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3734/oficio_225.2024.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3735/oficio_229.2024.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3736/oficio_230.2024.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3737/oficio_231.2024.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3738/oficio_236.2024.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3739/oficio_237.2024.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3740/oficio_238.2024.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3562/oficio_n._239.2024.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3659/oficio_n._240.2024.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3741/oficio_241.2024.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3742/oficio_243.2024.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3743/oficio_244.2024.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3744/oficio_246.2024.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3750/oficio_247.2024.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3751/oficio_256.2024.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3752/oficio_263.2024.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3753/oficio_264.2024.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3754/oficio_266.2024.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3755/oficio_267.2024.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3756/oficio_268.2024.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3757/oficio_271.2024.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3758/oficio_272.2024.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3759/oficio_273.2024.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3760/oficio_277.2024.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3761/oficio_284.2024.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3762/oficio_285.2024.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3763/oficio_286.2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5225/oficio_287.2024.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5223/oficio_288.2024.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5224/oficio_292.2024.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3764/oficio_297.2024.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3765/oficio_298.2024.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3654/oficio_no_300.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3655/oficio_no_301.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3656/oficio_no_302.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3657/oficio_no_303.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3658/oficio_no_304.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3688/oficio_308.2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3689/oficio_310.2024.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3676/oficio_n._314.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3677/oficio_n._315.2024_-_legislativo..pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3678/oficio_n._316.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3675/of._317.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5217/oficio_320.2024...pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5222/oficio_321.2024...pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5218/oficio_322.2024.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3766/oficio_323.2024.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5227/oficio_325.2024.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4644/oficio_339.2024.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4645/oficio_344.2024.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4646/oficio_345.2024.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4647/oficio_346.2024.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4648/oficio_347.2024.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4649/oficio_348.2024.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4650/oficio_349.2024.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4651/oficio_350.2024.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4652/oficio_351.2024.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4653/oficio_352.2024.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4654/oficio_354.2024.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4655/oficio_355.2024.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4656/oficio_356.2024.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4657/oficio_358.2024.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4658/oficio_360.2024.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5226/oficio_362.2024.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2364/of._006.2024._exec._resp._ao_requerimento_155.2023._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2365/of._030.2024._exec._resp._ao_requerimento_156.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2366/of._031.2024._exec._resp._ao_requerimento_157.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2367/of._033.2024._exec._resp._ao_requerimento_140.2023._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2368/of._034.2024._exec._resp._ao_requerimento_158.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2369/of._036.2024._exec._resp._ao_requerimento_078.2023._frederick.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2370/of._039.2024._exec._resp._ao_requerimento_077.2023._frederick.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2371/of._042.2024._exec._resp._ao_requerimento_160.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2380/of._138.2024._resp._ao_of._016.2024._com._de_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2401/of._142.2024._exec._resp._ao_requerimento_153.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2462/of._175.2024._exec._resp._ao_req._003.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2463/of._176.2024._exec._resp._ao_req._002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2464/of._181.2024._exec._resp._ao_req._07.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2472/of._187.2024._exec._resp._ao_req._004.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2501/of._194.2024._exec._resp._ao_req._005.2024_do_ver._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2502/of._195.2024._exec._resp._ao_req._009.2024_da_ver._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2551/of._202.2024._exec._resp._ao_req._011.2024_da_vereadora_carla.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2531/of._203.2024._exec._resp._ao_req._023.2024..pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2524/of._205.2024._resp._ao_req._005.2024._do_vereador_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2513/of._208.2024._resp._ao_req._008.2024._da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2591/of._210.2024._exec._resp._ao_req._024.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2532/of._211.2024._exec._resp._ao_req._019.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2549/of._212.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2533/of._213.2024._exec._resp._ao_req._021.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2534/of._214.2024._exec._resp._ao_req._006.2024_do_vereador_frederick.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2535/of._215.2024._exec._resp._ao_req._012.2024_da_vereadora_carla.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2536/of._216.2024._exec._resp._ao_req._017.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2537/of._217.2024._exec._resp._ao_req._013.2024_da_vereadora_carla.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2538/of._218.2024._exec._resp._ao_req._014.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2539/of._219.2024._exec._resp._ao_req._015.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2552/of._220.2024._exec._resp._ao_req._018.2024_do_vereador_gilmar.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2540/of._222.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2541/of._223.2024._exec._resp._ao_req._022.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2608/of._232.2024._exec._resp._ao_req._025.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2609/of._233.2024._exec._resp._ao_req._027.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2610/of._234.2024._exec._resp._ao_req._030.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2612/of._239.2024._exec._resp._ao_req._016.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2613/of._242.2024._exec._resp._ao_req._031.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2614/of._244.2024._exec._resp._ao_req._026.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2615/of._252.2024._exec._resp._ao_req._028.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2678/of._257.2024._resp._ao_req._035.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2677/of._258.2024._resp._ao_req._034.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2679/of._259.2024._resp._ao_req._033.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2680/of._269.2024._resp._ao_req._050.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2648/of._271.2024._resp._ao_req._029.224._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2733/of._276.2024._resp._ao_req._051.2024._rinaldo_gilmar_e_carla.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2699/of._281.2024._resp._ao_req._040.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2700/of._282.2024._resp._ao_req._038.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2701/of._283.2024._resp._ao_req._039.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2702/of._290.2024._resp._ao_req._044.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2703/of._291.2024._resp._ao_req._041.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2753/of._296.2024._resp._ao_req._061.2024._rinaldo_gilmar_carlos_edinamar_e_carla.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2734/of._299.2024._resp._ao_req._047.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2735/of._300.2024._resp._ao_req._046.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2736/of._302.2024._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2737/of._303.2024._solicita_prazo_para_resp._ao_req._048.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2743/of._306.2024._resp._ao_req._045.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2791/of._314.2024._exec._resp._ao_req._053.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2792/of._316.2024._exec._resp._ao_req._055.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2806/of._318.2024._exec._resp._ao_req._057.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2795/of._319.2024._exec._resp._ao_req._056.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2793/of._321.2024._exec._resp._ao_req._058.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2794/of._322.2024._exec._resp._ao_req._059.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2796/of._323.2024._exec._resp._ao_req._054.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2798/of._328.2024._exec._resp._ao_req._052.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2855/of._331.2024._exec._resp._ao_req._066.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2856/of._332.2024._exec._resp._ao_req._064.2024._edinamar_carlos_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2857/of._333.2024._exec._resp._ao_req._062.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2858/of._334.2024._exec._resp._ao_req._063.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2862/of._335.2024._exec._resp._ao_req._065.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2859/of._336.2024._exec._resp._ao_req._067.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2860/of._337.2024._exec._resp._ao_req._068.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2863/of._338.2024._exec._resp._ao_req._048.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2861/of._339.2024._exec._resp._ao_req._060.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2904/oficio_349.24_do_exec._resp_req._69.24.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2905/oficio_350.24_do_ex._reposta_req._75.24.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2906/oficio_351.24_do_exec._resp_req._70.24.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2903/oficio_352.2024_do_exec._em_resp._ao_requerimento_77.2024.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2912/resposta_requerimento_71.2024_edinamar_compressed-123-149.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2907/oficio_355.24_do_exec._em_resposta_ao_req._73.24.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2908/oficio_363.24_do_exec._resp_req._36.24.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2909/oficio_364.24_do_exec._resp_req._72.24.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2902/oficio_379.2024_do_exec._em_resp._ao_requerimento_74.2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2901/oficio_380.2024_do_exec._em_resp._ao_req._76.2024.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2972/oficio_398.2024_resp._ao_requerimento_79.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2914/of._399.2024._solicita_prazo_para_resp._ao_req._080.2024._dra._edinamar..pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2971/oficio_400.2024_resp._ao_requerimento_78.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2945/oficio_421.24_do_exec._resp._req._84.24.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2966/of._422.2024._solicita_prazo_para_resp._ao_req._087.2024._dra._edinamar..pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2969/oficio_423.2024_resp._ao_requerimento_85.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2944/oficio_425.24_do_exec._resp._req._82.24.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2968/of._426.2024._solicita_prazo_para_resp._ao_req._088.2024._carla..pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2946/oficio_427.24_do_exec._resp._req._86.24.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2990/of._459.2024._resp._ao_req._80.2024._dra_edinamar.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3419/oficio_460.2024_-_10o_aditamento_convenio_003.2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3420/oficio_461.2024_-_6o_aditamento_convenio_003.2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3027/of._488.2024._exec._resp._ao_req._088.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3025/of._489.2024._exec._resp._ao_req._087.2024._carlos_edinamar_rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3026/of._490.2024._exec._resp._ao_req._089.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3028/of._492.2024._exec._resp._ao_req._113.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3031/of._498.2024._exec._resp._ao_of._151.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3034/of._499.2024._exec._resp._ao_req._092.2024._gilmar_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3035/of._500.2024._exec._resp._ao_req._091.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3252/of._509.2024._exec._resp._ao_req._098.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3253/of._510.2024._exec._resp._ao_req._099.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3254/of._511.2024._exec._resp._ao_req._093.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3255/of._512.2024._exec._resp._ao_req._096.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3256/of._513.2024._exec._resp._ao_req._097.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3257/of._514.2024._exec._resp._ao_req._100.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3258/of._515.2024._exec._resp._ao_req._102.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3259/of._516.2024._exec._resp._ao_req._101.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3260/of._517.2024._exec._resp._ao_req._094.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3261/of._525.2024._exec._resp._ao_req._108.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3262/of._526.2024._exec._resp._ao_req._115.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3263/of._527.2024._exec._resp._ao_req._111.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3264/of._528.2024._exec._resp._ao_req._105.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3265/of._529.2024._exec._resp._ao_req._114.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3266/of._530.2024._exec._resp._ao_req._104.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3267/of._531.2024._exec._resp._ao_req._110.2024._francirnildo.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3268/of._532.2024._exec._resp._ao_req._112.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3269/of._534.2024._exec._resp._ao_req._095.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3270/of._535.2024._exec._resp._ao_req._106.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3271/of._536.2024._exec._resp._ao_req._109.2024._francirnildo.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3272/of._537.2024._exec._resp._ao_req._107.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3353/of._572.2024._exec._resp._ao_requerimento_102.2024_do_ver._wagner..pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3394/of._582.2024._exec._solicitacao_prazo_para_resp._ao_requerimento_122.204._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3441/of._593.2024._resp._ao_req._122.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3442/of._594.2024._resp._ao_req._117.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3443/of._595.2024._resp._ao_req._116.2024._carla_adriana.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3444/of._596.2024._solicitacao_de_prazo_p._resp._ao_req._134.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3445/of._597.2024._resp._ao_req._123.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3446/of._598.2024._solicitacao_de_prazo_p._resp._ao_req._133.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3447/of._599.2024._solicitacao_de_prazo_p._resp._ao_req._128.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3448/of._600.2024._solicitacao_de_prazo_p._resp._ao_req._127.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3449/of._601.2024._resp._ao_req._124.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3450/of._602.2024._resp._ao_req._121.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3451/of._603.2024._resp._ao_req._119.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3452/of._604.2024._resp._ao_req._118.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3453/of._605.2024._resp._ao_req._131.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3454/of._606.2024._resp._ao_req._126.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3458/of._607.2024._resp._ao_req._129.2024._ana_luiza_.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3455/of._610.2024._resp._ao_req._120.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3456/of._611.2024._solicitacao_de_prazo_p._resp._ao_req._132.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3457/of._612.2024._solicitacao_de_prazo_p._resp._ao_req._130.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3498/of._625.2024._exec._resp._ao_req._139.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3499/of._626.2024._exec._resp._ao_req._136.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3500/of._627.2024._exec._resp._ao_req._135.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3501/of._628.2024._exec._resp._ao_req._127.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3502/of._629.2024._exec._resp._ao_req._128.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3503/of._630.2024._exec._resp._ao_req._133.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3504/of._631.2024._exec._resp._ao_req._130.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3505/of._632.2024._exec._resp._ao_req._132.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3507/of._638.2024._exec._resp._ao_req._138.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3508/of._640.2024._exec._solicitacao_de_prazo_p._resp._ao_req._137.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3524/of._643.2024._exec._solicitacao_de_prazo_p._resp._ao_req._142.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3525/of._644.2024._exec._solicitacao_de_prazo_p._resp._ao_req._141.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3535/of._650.2024._exec._resp._ao_req._143.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3536/of._651.2024._exec._resp._ao_req._137.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3551/of._661.2024._resp._ao_req._144.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3552/of._662.2024._resp._ao_req._142.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3553/of._663.2024._resp._ao_req._141.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3587/of._680.2024._resp._ao_req._152.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3594/of._681.2024._resp._ao_req._148.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3595/of._682.2024._resp._ao_req._145.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3596/of._683.2024._resp._ao_req._147.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3597/of._684.2024._resp._ao_req._146.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3598/of._685.2024._resp._ao_req._151.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3599/of._687.2024._resp._ao_req._150.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3600/of._688.2024._resp._ao_req._149.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3608/of._699.2024._exec._resp._ao_req._153.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3609/of._700.2024._exec._resp._ao_req._154.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3610/of._701.2024._exec._resp._ao_req._155.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3625/of._704.2024._exec._resp._ao_req._157.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3626/of._705.2024._exec._solicita_prazo_p._resp._ao_req._156.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3643/of._711.2024._resp._ao_req._162.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3644/of._712.2024._resp._ao_req._163.2024._ana_luiza_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3647/of._713.2024._resp._ao_req._160.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3645/of._714.2024._resp._ao_req._156.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3646/of._715.2024._exec._solicita_prazo_p._resp._ao_req._159.2024_do_ver._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3660/of._725.2024._exec._resp._ao_requerimento_164.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3661/of._726.2024._resp._ao_req._166.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3662/of._727.2024._resp._ao_req._168.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3663/of._728.2024._resp._ao_req._165.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3665/of._729.2024._resp._ao_req._167.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3674/of._734.2024._exec._resp._ao_req._159.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3679/of._738.2024._exec._resp._ao_req._169.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3680/of._739.2024._exec._resp._ao_req._170.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3681/of._740.2024._exec._resp._ao_req._171.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3682/of._741.2024._exec._resp._ao_req._172.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3683/of._742.2024._exec._resp._ao_req._173.2024._ana_luiza_.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3693/resposta_req._174.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3694/resposta_req._175.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3699/of._753.2024._exec._resp._ao_req._173.2024_da_vereadora_ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3700/of._754.2024._exec._resp._ao_req._176.2024_da_vereadora_ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3701/of._756.2024._exec._resp._ao_req._180.2024_da_vereadora_ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3702/of._757.2024._exec._resp._ao_req._179.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3703/of._758.2024._exec._resp._ao_req._178.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2373/anteprojeto_de_lei_001.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2393/anteprojeto_de_lei_002.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2394/anteprojeto_de_lei_003.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2395/anteprojeto_de_lei_004.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2411/anteprojeto_de_lei_005.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2427/anteprojeto_de_lei_006.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2486/anteprojeto_de_lei_007.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2560/anteprojeto_de_lei_008.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2491/anteprojeto_de_lei_010.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2523/anteprojeto_de_lei_011.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2576/anteprojeto_de_lei_012.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2687/anteprojeto_de_lei_013.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2917/ante_projeto_de_lei_14.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3469/anteprojeto_de_lei_015.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3558/anteprojeto_de_lei_no_16.2024.rinaldo..pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2331/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2337/ata_da_reuniao_extraordinaria_das_comissoes_de_18.01.2024.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2355/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2379/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_do_dia_15.02.2024.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2396/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.02.2024.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2422/ata_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.02.2024.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2451/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2480/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2506/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2508/ata_da_reuniao_extraordinaria_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2525/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_25.03.2024.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2561/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2564/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2589/ata_da_reuniao_extraordinaria_das_comissoes_de_05.04.2024.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2599/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.04.2024.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2631/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.04.2024.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2660/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fiinancas_e_orcamento_de_22.04.2024.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2693/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2725/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_06.05.2024.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2780/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2827/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_20.05.2024.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2828/ata_reuniao_com_reppresentantes_da_igarapava_saneamento.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2869/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2896/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.06.2024..pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2924/ata_de_reuniao_ordinaria_das_comissoes_de_10.06.2024.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2974/ata_de_reuniao_ordinaria_das_comissoes_de_17.06.2024.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3005/ata_de_reuniao_extraordinaria_das_comissoes_de_17.06.2024.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3016/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.06.2024.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3288/ata_da_reuniao_ordinaria_das_comissoes_de_just._e_redacao_e_finan._e_orcamento_de_05.08.2024..pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3334/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.08.2024..pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3351/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fin._e_orcamento_de_20.08.2024.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3366/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_27.08.2024.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3430/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_03.09.2024.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3440/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.09.2024.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_16.09.2024.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3487/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_17.09.2024.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3495/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.09.2024.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3523/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.10.2024.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3534/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.10.2024.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3550/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.10.2024.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3571/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_21.10.2024.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3572/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_22.10.2024.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3583/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_29.10.2024.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3606/ata_da_reuniao_ordinaria_da_comissao_de_justica_e_redacao_e_comissao_de_financas_e_orcamento_de_05.11.2024.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3618/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.11.2024.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3632/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.11.2024.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3650/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.11.2024.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3670/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.12.2024.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3671/ata_da_reuniao_ordinaria_das_comissoes_de_03.12.2024.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3692/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.12.2024.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3709/ata_da_reuniao_das_comissoes_de_17.12.2024.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2839/of._025.2024._exec._dep._municipal_de_engenharia.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2992/oficio_n._29.2024_convite_para_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2457/of._180.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2611/of._234.2024._exec._resp._ao_req._032.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2616/of._252.2024._exec._resp._ao_req._035.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2683/of._s.n._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2970/oficio_n._310.2024_-_sms.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2993/oficio_n._334.2024_-_s.m.s..pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3006/oficio_n._460.2024_-_manifestacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3493/oficio_505.2024_-_camara_vereadores_-_ciencia_11o_aditivo_convenio_03.2021.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3289/oficio_506.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3526/of._516.2024._exec._sms..pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3529/of._533.2024._sms.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3506/of._632.2024._exec._resp._ao_req._134.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3653/of._722.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2324/termo_de_convenio_005.2023._sms.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2356/3o_aditivo_convenio_03.23_-_plano_de_trabalho_19_saude_mental_piso_e_13_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2357/6o_aditivo_de_termo_de_convenio_03.21_plano_de_trabalho_18_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2801/of._025.2024._exec._dep._municipal_de_engenharia.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3101/oficio_n._27_-_24_-_otr_-_igarapava_saneamento.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2627/of._037.2024._sec._de_justica_e_cidadania.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3422/oficio_43.2024_-_cmv-_igarapava_saneamento.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2341/4o_aditamento_ao_convenio_03.23saude_mental_piso.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2342/7o_aditamento_ao_convenio_003.2021.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2405/of._sindicato_dos_funcionarios_publicos_de_igarapava.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2450/of._007.2024._sindicato_dos_func._pub._de_igarapava.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2478/contas_do_executivo_2020.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2527/of._s.n_do_executivo_municipal._ref._ao_proj._de_lei_complementar_004.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2562/of._001.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2598/of._001.2024._comtur.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2647/of._193.2024._secret._munic._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2765/processo_tc_00007090989.20-3._contas_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2877/of._240.2024._secretaria_mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3020/despacho_presidente_proc._adm._08.2024_-_frederick_requi_mendonca.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3036/of._365.2024._secret._mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3037/of._366.24._secret._mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3331/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3354/convite_iv_corrida_civica.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3355/renuncia_a_vice-presidencia_da_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3402/pedido_de_apuracao.providencias_e_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3481/proc._adm._26.2024_-_solicitacao_de_medida_judiciais_-_wagner_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3530/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3531/solicitacao_de_medidas_judiciais_-_req._122.2024_-_carlos_roberto_rodrigues_lima_proc._adm_27.2024.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3565/denuncia_desvio_de_dinheiro_publico_.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3584/denuncia_desvio_de_dinheiro_publico_.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2991/oficio_n._001.2024_-_relatorios_tecnicos_de_projetos_de_lei..pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2913/oficio_no_08.2024_-_reprocessamento_do_resultado_da_totalizacao_-_eleicoes_2020..pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3021/solicitacao_de_cpi_de_municipe.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3712/oficio_especial_-_devolucao_de_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2329/proj._de_lei_001.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2372/proj_de_lei_002.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2476/proj._de_lei_003.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2504/proj._de_lei_004.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2582/proj._de_lei_005.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2626/proj._de_lei_006.2024._006.2024._rinaldo_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2707/proj._de_lei_007.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3232/substitutivo_ao_projeto_de_lei_do_legislativo_n.08.2024.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3233/projeto_de_lei_009.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3234/substitutivo_ao_projeto_de_lei_do_legislativo_n.10.2024.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3235/projeto_de_lei_011.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3431/proj._de_lei_substitutivo_ao_pl._012.2024_carla_adriana.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3517/projeto_de_lei_substitutivo_no_13.2024._legislativo..pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3537/projeto_de_lei_no_14.2024._legislativo..pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2797/ato_da_presidencia_n_02.2024_-_antecipacao_da_gratificacao_natalina_1.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2921/ato_da_mesa_n._04.2024.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2922/ato_da_mesa_n._05.2024.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3339/ato_da_presidencia_006.2024.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3691/ato_da_presidencia_008.2024.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2325/proj._de_lei_complementar_001.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3690/parecer_relator_comissao_de_justica_e_redacao_projeto_de_lei_complementar_006.2024.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2840/balancete_executivo_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2841/balancete_executivo_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2842/balancete_executivo_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2843/balancete_executivo_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3338/processo_de_cassacao_em_face_de_supostas_infracoes_politico-administrativas_praticadas_pelo_prefeito_municipal_sr._jose_ricardo_rodrigues_mattar.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3475/pedido_de_abertura_de_comissao_de_investigacao_e_processante_.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3696/proposta_de_emenda_impositiva_n._01.2024_ao_projeto_de_lei_58.2024..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2362/substitutivo_ao_proj._de_decreto_legislativo_001.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2352/proj._de_decreto_legislativo_002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2473/proj._de_decreto_legislativo_003.2024._carla_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2704/proj._de_decreto_legislativo_004.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_decreto_legislativo_005.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2706/proj._de_decreto_legislativo_006.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2724/projeto_de_decreto_legislativo_no_07.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3003/projeto_de_decreto_legislativo_n._08.2024__-_contas_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3666/projeto_de_decreto_legislativo_009.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2330/proj._001.2024._executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_02.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2400/substitutivo_ao_proj._de_lei_003.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2406/proj._de_lei_004.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2407/proj._de_lei_005.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2408/proj._de_lei_006.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2409/proj._de_lei_007.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2410/proj._de_lei_008.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2445/proj._de_lei_009.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2446/proj._de_lei_010.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2477/proj._de_lei_011.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2490/proj._de_lei_012.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2553/proj._de_lei_013.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2594/substitutivo_ao_proj._de_lei_014.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2603/proj._de_lei_016.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2604/proj._de_lei_017.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2605/proj._de_lei_018.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2646/proj._de_lei_019.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2698/proj._de_lei_020.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2719/substitutivo_ao_proj._de_lei_021.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2729/proj._de_lei_022.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2778/proj._de_lei_023.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2779/proj._de_lei_024.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2882/projeto_de_lei_n._25.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2883/projeto_de_lei_n._26.2024_-_executivo1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2884/projeto_de_lei_n._27.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2885/projeto_de_lei_substitutivo_n._28.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2886/projeto_de_lei_n._29.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2887/projeto_de_lei_n._30.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_substitutivo_31.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2935/projeto_de_lei_32.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2959/oficio_454.24_do_exec._proj._de_lei_subst._33.24.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2891/projeto_de_lei_n._34.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2931/projeto_de_lei_35.2024_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2936/projeto_de_lei_36.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2894/projeto_de_lei_n._37.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2895/projeto_de_lei_n._38.2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_39.2024.exec.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_40.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2928/projeto_de_lei_41.2024.exec.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2925/projeto_de_lei_42.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2937/projeto_de_lei_43.20241.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2961/of._645.2024._exec._projeto_de_lei_substitutivo_ao_pl._044.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2962/of._646.2024._exec._projeto_de_lei_substitutivo_ao_pl._045.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2963/projeto_de_lei_46.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2964/projeto_de_lei_47.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2965/projeto_de_lei_48.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2960/projeto_de_lei._n._49.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3004/projeto_de_lei_n._50.2024..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3044/proj._de_lei_051.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3045/proj._de_lei_052.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3295/projeto_de_lei_053.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3333/proj._de_lei_054.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3340/projeto_de_lei_55.2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3375/proj._de_lei_056.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3376/proj._de_lei_057.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3520/proj._de_lei_058.2024._loa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3542/substitutivo_pl._059.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3543/proj._de_lei_060.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3544/substitutivo_pl._061.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3545/substitutivo_pl._062.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3555/proj._de_lei_063.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3556/proj._de_lei_064.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3560/proj._de_lei_065.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3561/proj._de_lei_066.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3566/proj._de_lei_067.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3589/proj._de_lei_068.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3590/proj._de_lei_069.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3642/proj._de_lei_070.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3745/projeto_de_lei_n._71.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2447/proj._de_lei_complementar_001.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2448/projeto_de_lei_complementar_substitutivo_02.2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2489/proj._de_lei_complementar_substitutivo_004.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2573/proj._de_lei_complementar_005.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2718/projeto_de_lei_complementar_no_06.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2967/proj._de_lei_compl._do_exec._07.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2327/proj._de_resolucao_privativa_001.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2326/proj._de_resolucao_privativa_002.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2328/proj._de_resolucao_privativa_003.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2507/projeto_de_resolucao_privativa_no_04.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2505/proj._de_resolucao_privativa_005.2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2593/substitutivo_ao_proj._de_resolucao_privativa_006.2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2581/proj._de_resolucao_privativa_007.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2694/proj._de_resolucao_privativa_008.2024._mesa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2788/proj._de_resolucao_privativa_009.2024._rinaldo_carla_gilmar_edinamar_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3396/projeto_de_resolucao_privativa_010.2024._mesa_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_resolucao_privativa_011.2024._rinaldo_carla_wagner_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2592/proposta_de_emenda_a_lei_organica_municipal_n._04.2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3029/proj._de_emenda_da_lei_organica._exec.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3251/proposta_de_emenda_a_lei_organica_006.2024._mesa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3563/proposta_de_emenda_a_lei_organica_municipal_n._007.2024._rinaldo_carla_wagner_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2989/mocao_de_aplausos_n._01.2024._nildo..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_001.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2361/requerimento_002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2381/requerimento_003.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_004.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2404/requerimento_005.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_006.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2417/requerimento_007.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_008.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2419/requerimento_009.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2421/requerimento_010.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2428/requerimento_011.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2429/requerimento_012.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_013.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2431/requerimento_014.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_015.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_016.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_017.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2449/requerimento_018.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_019.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_020.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2443/requerimento_021.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2444/requerimento_022.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2458/requerimento_023.2024._carlos_rinaldo_dra._edinamar_carla_claudio_leandro_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2487/requerimento_024.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2469/requerimento_025.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2470/requerimento_026.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_027.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2497/requerimento_028.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2498/requerimento_029.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2499/requerimento_030.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_031.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_032.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2547/requerimento_033.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2548/requerimento_034.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_035.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2596/requerimento_n._36.2024_-_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_037.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_038.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2572/requerimento_039.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2595/requerimento_n._40.2024_-_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2577/requerimento_041.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_044.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_045.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2619/requerimento_046.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2620/requerimento_047.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_048.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2629/requerimento_049.2024._rinaldo_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2628/requerimento_050.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2630/requerimento_051.2024._rinaldo_gilmar_e_carla.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2643/requerimento_052.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_053.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2652/requerimento_054.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2653/requerimento_055.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2654/requerimento_056.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2655/requerimento_057.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2657/requerimento_059.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2668/requerimento_060.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2685/requerimento_061.2024._edinamar_rinaldo_carla_gilmar_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2671/requerimento_062.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2684/requerimento_063.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2686/requerimento_064.2024._edinamar_rinaldo_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2689/requerimento_065.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2690/requerimento_066.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2691/requerimento_067.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2692/requerimento_068.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2713/requerimento_069.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2720/requerimento_70.2024_rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2714/requerimento_071.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2715/requerimento_072.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2716/requerimento_073.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2717/requerimento_074.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2721/requerimento_075.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2722/requerimento_076.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2723/requerimento_077.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_078.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_079.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2752/requerimento_080.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2784/requerimento_081.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2785/requerimento_082.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_083.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2802/requerimento_084.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_085.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2812/requerimento_086.2024._edinamar_carlos_rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_087.2024._edinamar_carlos_rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_088.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_089.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2919/requerimento_91.2024._carla_adriana..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2920/requerimento_n._92.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n._93.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2940/requerimento_n._94.2024._carla..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_95.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2938/requerimento_96.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2941/requerimento_n._97.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_n._98.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_n._99.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_n._100.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2953/requerimento_n._101.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2954/requerimento_n._102.2024._wagner..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2973/requerimento_n._103.2024._ana_luiza._carla._wagner_-__convocacao..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n._104.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n._105.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n._106.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2982/requerimento_107.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3000/requerimento_n._108.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2984/requerimento_109.2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2987/requerimento_110.2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2983/requerimento_111.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n._112.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2994/requerimento_n._113.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2988/requerimento_n._114.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n._115.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3142/requerimento_116.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3143/requerimento_117.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3104/requerimento_118.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3105/requerimento_119.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3106/requerimento_120.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3144/requerimento_121.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3231/requerimento_122.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_123.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3249/requerimento_124.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3250/requerimento_126.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3308/requerimento_127.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3329/requerimento_128.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3310/requerimento_129.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_130.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_131.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3313/requerimento_132.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3314/requerimento_133.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3315/requerimento_134.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3393/requerimento_135.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3391/requerimento_136.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3392/requerimento_137.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3395/requerimento_138.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3416/requerimento_139.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3414/requerimento_de_destaque_para_votacao_em_separado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3436/requerimento_141.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3437/requerimento_142.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3468/requerimento_143.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3492/requerimento_144.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3496/requerimento_145.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3497/requerimento_146.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3514/requerimento_147.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_148.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3513/requerimento_149.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3519/requerimento_150.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_151.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3528/requerimento_152.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3539/requerimento_153.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3540/requerimento_154.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3541/requerimento_155.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3547/requerimento_156.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3554/requerimento_no_157.2024_-_edil_ana_luiza_rilko_mattar.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3567/requerimento_158.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3576/requerimento_159.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3577/requerimento_160.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3578/requerimento_162.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3579/requerimento_163.2024._ana_luiza_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3585/requerimento_n._164.2024._ana_luiza_rilko_mattar.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_165.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3591/requerimento_166.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3592/requerimento_167.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3593/requerimento_168.2024._ana_luiza.pdf_.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3611/requerimento_169.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3612/requerimento_170.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3613/requerimento_171.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3614/requerimento_172.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3615/requerimento_173.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3619/requerimento_174.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3620/requerimento_175.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3633/requerimento_176.2024._ana_luiza_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3635/requerimento_177.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3651/requerimento_178.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3652/requerimento_179.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3664/requerimento_180.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2307/veto_integral_ao_autografo_067.2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2308/veto_integral_as_emendas_substitutivas_034_e_supressiva_035.2023._proj._de_lei_040.2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2870/veto_ao_autografo_028.2024._proj._de_lei_007.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2345/indicacao_001.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2346/indicacao_002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_003.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2363/indicacao_004.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2348/indicacao_005.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_006.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2350/indicacao_007.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2351/indicacao_008.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2374/indicacao_009.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2375/indicacao_010.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_011.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_012.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_013.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_014.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_015.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_016.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_017.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2386/indicacao_018.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2391/indicacao_019.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_020.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_021.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2412/indicacao_022.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_023.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_024.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2415/indicacao_025.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_026.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_027.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_028.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_029.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2437/indicacao_030.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2438/indicacao_031.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_032.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2440/indicacao_033.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_034.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2453/indicacao_035.2024._rinaldo_carlos_roberto_carla_dra._edinamar_gilmar_e_frederick.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_036.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2479/indicacao_037.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_038.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_039.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_040.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_041.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_042.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_043.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_044.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_045.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_046.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_047.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2495/indicacao_048.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2496/indicacao_049.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_050.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_051.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_052.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_053.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_054.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2519/indicacao_055.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_056.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_057.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_058.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2542/indicacao_059.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_060.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_061.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_062.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_063.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_064.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_065.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_066.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_067.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_068.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_069.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_070.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_071.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_072.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2580/indicacao_073.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_074.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2597/indicacao_n._75.2024_-_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2606/indicacao_076.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2607/indicacao_077.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2622/indicacao_078.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_079.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2624/indicacao_080.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_081.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2617/indicacao_082.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2635/indicacao_083.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacao_084.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacao_085.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacao_086.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_087.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_088.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao_089.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao_090.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_091.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2649/indicacao_092.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2658/indicacao_093.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2650/indicacao_094.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2651/indicacao_095.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao_097.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao_098.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao_099.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao_100.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao_101.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao_102.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2673/indicacao_103.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2674/indicacao_104.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2675/indicacao_105.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2676/indicacao_106.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2681/indicacao_107.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao_108.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2682/indicacao_109.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2708/indicacao_110.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2709/indicacao_111.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2710/indicacao_112.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2711/indicacao_113.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2730/indicacao_114.2024._leandro.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2731/indicacao_115.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2732/indicacao_116.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_117.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_118.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_119.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_120.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_121.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_122.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_123.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_124.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_125.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_126.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_127.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_128.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_129.2024._carlos.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2879/indicacao_130.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_131.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_132.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2881/indicacao_133.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2915/indicacao_134.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2916/indicacao_135.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2956/indicacao_n._136.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_137.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2943/indicacao_138.24_.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_139.2024._carla..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2957/indicacao_n._140.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_n._141.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_142.2024.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_144.2024.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_146.2024.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_147.2024.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_n._148.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_149.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_150.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_151.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_152.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_153.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_154.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_155.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3240/indicacao_156.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3306/indicacao_157.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_158.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3316/indicacao_159.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3328/indicacao_160.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3319/indicacao_161.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3320/indicacao_162.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_163.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_164.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3432/indicacao_165.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3433/indicacao_166.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3434/indicacao_167.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3435/indicacao_168.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3464/indicacao_169.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3465/indicacao_170.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3466/indicacao_171.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3462/indicacao_172.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3467/indicacao_173.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3489/indicacao_174.2024._ana_luiza_.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3490/indicacao_no_175.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3491/indicacao_no_176.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_177.2024._ana_luiza..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3512/indicacao_178.2024._wagner..pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3518/indicacao_179.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3527/indicacao_180.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3546/indicacao_181.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3557/indicacao_182.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3559/indicacao_no_183.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3580/indicacao_184.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3581/indicacao_185.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3582/indicacao_186.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3588/indicacao_187.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3601/indicacao_188.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3602/indicacao_189.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3624/indicacao_190.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3621/indicacao_191.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3622/indicacao_192.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3623/indicacao_193.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3627/indicacao_194.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3628/indicacao_195.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3630/indicacao_196.2024._nildo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3631/indicacao_197.2024._nildo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3629/indicacao_198.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3634/indicacao_199.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3636/indicacao_200.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3637/indicacao_201.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3638/indicacao_202.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3640/indicacao_203.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3641/indicacao_204.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_205.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3685/indicacao_206.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2335/proposta_de_emenda_aditiva_001.2024._ao_pl._043.2023._exec._autoria_dos_vereadores_frederick_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2526/proposta_de_emenda_aditiva_004.2024_ao_proj._de_lei_complementar_004.2024.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2567/proposta_de_emenda_modificativa_005.2024_ao_pl_013.2024.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2584/proposta_de_emenda_substitutiva_006.2024_ao_proj._de_resolucao_privativa_004.2024.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2585/proposta_de_emenda_aditiva_007.2024_ao_proj._de_lei_complementar_005.2024.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2586/proposta_de_emenda_modificativa_008.2024_ao_proj._de_lei_complementar_005.2024.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2929/emenda_aditiva_n._09.2024_ao_pl_21.2024.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2975/proposta_de_emenda_substitutiva_10-2024_ao_pl_25.2024.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3007/proposta_de_emenda_modificativa_de_redacao_n.11.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3009/emenda_substitutiva_n._12_pl_20-2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3010/proposta_de_emenda_substitutiva_n.13.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3011/proposta_de_emenda_aditiva_n.14.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3012/proposta_de_emenda_aditiva_n.15.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3013/emenda_substitutiva_n._16_pl_20-2024.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3014/proposta_de_emenda_aditiva_n.17.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3015/proposta_de_emenda_aditiva_n.18.2024_ao_pl_20.2024.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3017/8._emenda_supressiva_19_-_plc_02-2024.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3019/emenda_modificativa_020.2024._proj._de_lei__019.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3018/emenda_substitutiva_021.2024._proj._de_lei__050.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3346/proposta_de_emenda_modificativa_022.2024_ao_pl_023.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3347/proposta_de_emenda_modificativa_023.2024_ao_pl_024.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3348/proposta_de_emenda_modificativa_024.2024_ao_pl_036.2024_do_executivo..pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3463/proposta_de_emenda_modificativa_025.2024_ao_pl_057.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3483/proposta_de_emenda_modificativa_026.2024_ao_pl_056.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3509/proposta_de_emenda_modificativa_027.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3510/proposta_de_emenda_substitutiva_028.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3511/proposta_de_emenda_supressiva_029.2024_a_proposta_de_emenda_a__lei_organica_005.2024.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3568/proposta_de_emenda_substitutiva_030.2024_ao_pl._044.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3569/proposta_de_emenda_substitutiva_031.2024_ao_pl._044.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3570/proposta_de_emenda_supressiva_032.2024_ao_pl._044.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3603/proposta_de_emenda_supressiva_033.2024_ao_pl_058.2024.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3604/proposta_de_emenda_modificativa_034.2024_ao_pl_058.2024.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3605/proposta_de_emenda_aditiva_035.2024_ao_pl_058.2024.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3607/proposta_de_emenda_modificativa_036.2024_ao_pl_063.2024.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3639/proposta_de_emenda_modicicativa_37.2024_ao_pl_66.2024.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3667/proposta_de_emenda_supressiva_n.38.2024_pl_45.2024.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3668/proposta_de_emenda_aditiva_n._39.2024_pl_45.2024.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3669/proposta_de_emenda_modificativa_n.40.2024_pl_45.2024.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2837/oficio_13.2024.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2836/oficio_n._15.2024.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2829/oficio_n.19.2024.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2835/oficio_n._20.2024.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2834/oficio_n._21.2024.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2833/oficio_n._23.2024.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2777/oficio_n._26.2024.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2776/oficio_n._29.2024.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2775/oficio_n._31.2024.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2774/oficio_n._32.2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2824/oficio_n._33.2024.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2825/oficio_n._34.2024.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2773/oficio_n._35.2024.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2771/oficio_n._37.2024.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2772/oficio_n._38.2024.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2770/oficio_n._39.2024.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2769/oficio_40.2024.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2768/oficio_n._41.2024.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2767/oficio_n._42.2024.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2766/oficio_n._45.2024.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2764/oficio_n._46.2024.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2762/oficio_n._48.2024.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2832/oficio_n._49.2024.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2831/oficio_n._50.2024.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2830/oficio_n._55.2024.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2761/oficio_n._56.2024.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2848/oficio_57.2024.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2760/oficio_n._58.2024.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2759/oficio_59.2024.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2754/oficio_n._61.2024.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2755/oficio_n._64.2024.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2756/oficio_n._65.2024.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2757/oficio_n._67.2024.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2758/oficio_n._70.2024.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2738/oficio_no_071.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2739/oficio_n._072.2024_do_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2740/oficio_n._73.2024.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2741/oficio_n._74.2024.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2742/oficio_75.2024.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2745/oficio_76.2024.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2747/oficio_77.2024.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2748/oficio_78.2024.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2749/oficio_79.2024.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2847/oficio_n._81.2024.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2750/oficio_82.2024.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2846/oficio_n._86.2024.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2821/oficio_n._87.2024.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2822/oficio_n._88.2024.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2751/oficio_89.2024.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2817/oficio_n._97.2024.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2819/oficio_n._99.2024.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2845/oficio_n._100.2024.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2816/oficio_n.101.2024.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2818/oficio_n._102.2024.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2823/oficio_103_2024_informacoes_ao_projeto_de_lei_complementar_n_06_2024.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3371/oficio_n._104.2024_-_vereador_rinaldo_grou_gobbi_2.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2815/oficio_no_105.2024_-_vereadora_carla_adriana_mendonca.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2826/oficio_n._106.2024.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2838/oficio_no_108.2024.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2844/oficio_no_109.2024.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2868/oficio_no_119.2024.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2871/oficio_no_120.2024.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2873/oficio_no_121.2024.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2899/protocolo_oficio_133.24_projeto_de_lei_ord._21.24.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2900/protocolo_oficio_134.24_projeto_de_lei_ord._19.24_.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2911/oficio_n._135.2024.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3370/oficio_n._136.2024_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2948/oficio_n._137.2024..pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2949/oficio_n._138.2024.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2932/oficio_n._140.2024.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2950/oficio_n._141.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2958/oficio_n._144.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2978/of._145.2024_-_legislativo_encaminhamento_doc._sessao_de_17.06.2024.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3369/oficio_150.2024.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3030/of._151.2024._carla_adriana.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3093/oficio_n.152.2024.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3089/oficio_n._153.2024.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3094/oficio_n._154.2024.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3091/oficio_n._158.2024.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3092/oficio_n._159.2024.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3039/oficio_160.2024.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3041/oficio_no_161.2024.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3090/oficio_n._163.2024.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3317/of._170.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3318/oficio_171.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3330/oficio_no_172.2024.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3368/oficio_178.2024.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3367/oficio_n._179.2024.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3364/oficio_no_180.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3363/oficio_no_181.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3341/oficio_182.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3342/oficio_183.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3343/oficio_184.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3344/oficio_185.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3345/oficio_186.2024_-_vereador_gilmar_fernandes.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3365/oficio_no_187.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3360/oficio_no_194.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3359/oficio_no_195.2024_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3361/oficio_n._196.2024_-_edil_wagner_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3362/oficio_no_198.2024.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3377/of._199.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3418/oficio_n._200.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3424/oficio_no_202.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3459/of._209.2024_-_comissao..pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3460/of._210.2024_-_comissao..pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3461/of._211.2024_-_comissao..pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5105/oficio_218.2024.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3733/oficio_224.2024.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3734/oficio_225.2024.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3735/oficio_229.2024.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3736/oficio_230.2024.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3737/oficio_231.2024.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3738/oficio_236.2024.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3739/oficio_237.2024.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3740/oficio_238.2024.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3562/oficio_n._239.2024.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3659/oficio_n._240.2024.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3741/oficio_241.2024.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3742/oficio_243.2024.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3743/oficio_244.2024.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3744/oficio_246.2024.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3750/oficio_247.2024.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3751/oficio_256.2024.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3752/oficio_263.2024.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3753/oficio_264.2024.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3754/oficio_266.2024.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3755/oficio_267.2024.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3756/oficio_268.2024.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3757/oficio_271.2024.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3758/oficio_272.2024.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3759/oficio_273.2024.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3760/oficio_277.2024.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3761/oficio_284.2024.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3762/oficio_285.2024.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3763/oficio_286.2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5225/oficio_287.2024.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5223/oficio_288.2024.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5224/oficio_292.2024.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3764/oficio_297.2024.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3765/oficio_298.2024.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3654/oficio_no_300.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3655/oficio_no_301.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3656/oficio_no_302.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3657/oficio_no_303.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3658/oficio_no_304.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3688/oficio_308.2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3689/oficio_310.2024.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3676/oficio_n._314.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3677/oficio_n._315.2024_-_legislativo..pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3678/oficio_n._316.2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3675/of._317.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5217/oficio_320.2024...pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5222/oficio_321.2024...pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5218/oficio_322.2024.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3766/oficio_323.2024.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5227/oficio_325.2024.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4644/oficio_339.2024.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4645/oficio_344.2024.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4646/oficio_345.2024.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4647/oficio_346.2024.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4648/oficio_347.2024.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4649/oficio_348.2024.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4650/oficio_349.2024.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4651/oficio_350.2024.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4652/oficio_351.2024.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4653/oficio_352.2024.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4654/oficio_354.2024.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4655/oficio_355.2024.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4656/oficio_356.2024.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4657/oficio_358.2024.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/4658/oficio_360.2024.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/5226/oficio_362.2024.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2364/of._006.2024._exec._resp._ao_requerimento_155.2023._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2365/of._030.2024._exec._resp._ao_requerimento_156.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2366/of._031.2024._exec._resp._ao_requerimento_157.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2367/of._033.2024._exec._resp._ao_requerimento_140.2023._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2368/of._034.2024._exec._resp._ao_requerimento_158.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2369/of._036.2024._exec._resp._ao_requerimento_078.2023._frederick.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2370/of._039.2024._exec._resp._ao_requerimento_077.2023._frederick.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2371/of._042.2024._exec._resp._ao_requerimento_160.2023._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2380/of._138.2024._resp._ao_of._016.2024._com._de_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2401/of._142.2024._exec._resp._ao_requerimento_153.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2462/of._175.2024._exec._resp._ao_req._003.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2463/of._176.2024._exec._resp._ao_req._002.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2464/of._181.2024._exec._resp._ao_req._07.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2472/of._187.2024._exec._resp._ao_req._004.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2501/of._194.2024._exec._resp._ao_req._005.2024_do_ver._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2502/of._195.2024._exec._resp._ao_req._009.2024_da_ver._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2551/of._202.2024._exec._resp._ao_req._011.2024_da_vereadora_carla.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2531/of._203.2024._exec._resp._ao_req._023.2024..pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2524/of._205.2024._resp._ao_req._005.2024._do_vereador_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2513/of._208.2024._resp._ao_req._008.2024._da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2591/of._210.2024._exec._resp._ao_req._024.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2532/of._211.2024._exec._resp._ao_req._019.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2549/of._212.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2533/of._213.2024._exec._resp._ao_req._021.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2534/of._214.2024._exec._resp._ao_req._006.2024_do_vereador_frederick.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2535/of._215.2024._exec._resp._ao_req._012.2024_da_vereadora_carla.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2536/of._216.2024._exec._resp._ao_req._017.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2537/of._217.2024._exec._resp._ao_req._013.2024_da_vereadora_carla.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2538/of._218.2024._exec._resp._ao_req._014.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2539/of._219.2024._exec._resp._ao_req._015.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2552/of._220.2024._exec._resp._ao_req._018.2024_do_vereador_gilmar.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2540/of._222.2024._exec._resp._ao_req._020.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2541/of._223.2024._exec._resp._ao_req._022.2024_da_vereadora_dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2608/of._232.2024._exec._resp._ao_req._025.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2609/of._233.2024._exec._resp._ao_req._027.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2610/of._234.2024._exec._resp._ao_req._030.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2612/of._239.2024._exec._resp._ao_req._016.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2613/of._242.2024._exec._resp._ao_req._031.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2614/of._244.2024._exec._resp._ao_req._026.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2615/of._252.2024._exec._resp._ao_req._028.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2678/of._257.2024._resp._ao_req._035.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2677/of._258.2024._resp._ao_req._034.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2679/of._259.2024._resp._ao_req._033.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2680/of._269.2024._resp._ao_req._050.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2648/of._271.2024._resp._ao_req._029.224._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2733/of._276.2024._resp._ao_req._051.2024._rinaldo_gilmar_e_carla.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2699/of._281.2024._resp._ao_req._040.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2700/of._282.2024._resp._ao_req._038.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2701/of._283.2024._resp._ao_req._039.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2702/of._290.2024._resp._ao_req._044.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2703/of._291.2024._resp._ao_req._041.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2753/of._296.2024._resp._ao_req._061.2024._rinaldo_gilmar_carlos_edinamar_e_carla.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2734/of._299.2024._resp._ao_req._047.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2735/of._300.2024._resp._ao_req._046.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2736/of._302.2024._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2737/of._303.2024._solicita_prazo_para_resp._ao_req._048.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2743/of._306.2024._resp._ao_req._045.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2791/of._314.2024._exec._resp._ao_req._053.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2792/of._316.2024._exec._resp._ao_req._055.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2806/of._318.2024._exec._resp._ao_req._057.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2795/of._319.2024._exec._resp._ao_req._056.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2793/of._321.2024._exec._resp._ao_req._058.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2794/of._322.2024._exec._resp._ao_req._059.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2796/of._323.2024._exec._resp._ao_req._054.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2798/of._328.2024._exec._resp._ao_req._052.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2855/of._331.2024._exec._resp._ao_req._066.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2856/of._332.2024._exec._resp._ao_req._064.2024._edinamar_carlos_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2857/of._333.2024._exec._resp._ao_req._062.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2858/of._334.2024._exec._resp._ao_req._063.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2862/of._335.2024._exec._resp._ao_req._065.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2859/of._336.2024._exec._resp._ao_req._067.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2860/of._337.2024._exec._resp._ao_req._068.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2863/of._338.2024._exec._resp._ao_req._048.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2861/of._339.2024._exec._resp._ao_req._060.2024._gelio.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2904/oficio_349.24_do_exec._resp_req._69.24.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2905/oficio_350.24_do_ex._reposta_req._75.24.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2906/oficio_351.24_do_exec._resp_req._70.24.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2903/oficio_352.2024_do_exec._em_resp._ao_requerimento_77.2024.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2912/resposta_requerimento_71.2024_edinamar_compressed-123-149.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2907/oficio_355.24_do_exec._em_resposta_ao_req._73.24.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2908/oficio_363.24_do_exec._resp_req._36.24.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2909/oficio_364.24_do_exec._resp_req._72.24.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2902/oficio_379.2024_do_exec._em_resp._ao_requerimento_74.2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2901/oficio_380.2024_do_exec._em_resp._ao_req._76.2024.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2972/oficio_398.2024_resp._ao_requerimento_79.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2914/of._399.2024._solicita_prazo_para_resp._ao_req._080.2024._dra._edinamar..pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2971/oficio_400.2024_resp._ao_requerimento_78.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2945/oficio_421.24_do_exec._resp._req._84.24.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2966/of._422.2024._solicita_prazo_para_resp._ao_req._087.2024._dra._edinamar..pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2969/oficio_423.2024_resp._ao_requerimento_85.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2944/oficio_425.24_do_exec._resp._req._82.24.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2968/of._426.2024._solicita_prazo_para_resp._ao_req._088.2024._carla..pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2946/oficio_427.24_do_exec._resp._req._86.24.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2990/of._459.2024._resp._ao_req._80.2024._dra_edinamar.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3419/oficio_460.2024_-_10o_aditamento_convenio_003.2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3420/oficio_461.2024_-_6o_aditamento_convenio_003.2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3027/of._488.2024._exec._resp._ao_req._088.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3025/of._489.2024._exec._resp._ao_req._087.2024._carlos_edinamar_rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3026/of._490.2024._exec._resp._ao_req._089.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3028/of._492.2024._exec._resp._ao_req._113.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3031/of._498.2024._exec._resp._ao_of._151.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3034/of._499.2024._exec._resp._ao_req._092.2024._gilmar_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3035/of._500.2024._exec._resp._ao_req._091.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3252/of._509.2024._exec._resp._ao_req._098.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3253/of._510.2024._exec._resp._ao_req._099.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3254/of._511.2024._exec._resp._ao_req._093.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3255/of._512.2024._exec._resp._ao_req._096.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3256/of._513.2024._exec._resp._ao_req._097.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3257/of._514.2024._exec._resp._ao_req._100.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3258/of._515.2024._exec._resp._ao_req._102.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3259/of._516.2024._exec._resp._ao_req._101.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3260/of._517.2024._exec._resp._ao_req._094.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3261/of._525.2024._exec._resp._ao_req._108.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3262/of._526.2024._exec._resp._ao_req._115.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3263/of._527.2024._exec._resp._ao_req._111.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3264/of._528.2024._exec._resp._ao_req._105.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3265/of._529.2024._exec._resp._ao_req._114.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3266/of._530.2024._exec._resp._ao_req._104.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3267/of._531.2024._exec._resp._ao_req._110.2024._francirnildo.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3268/of._532.2024._exec._resp._ao_req._112.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3269/of._534.2024._exec._resp._ao_req._095.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3270/of._535.2024._exec._resp._ao_req._106.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3271/of._536.2024._exec._resp._ao_req._109.2024._francirnildo.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3272/of._537.2024._exec._resp._ao_req._107.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3353/of._572.2024._exec._resp._ao_requerimento_102.2024_do_ver._wagner..pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3394/of._582.2024._exec._solicitacao_prazo_para_resp._ao_requerimento_122.204._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3441/of._593.2024._resp._ao_req._122.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3442/of._594.2024._resp._ao_req._117.2024._carla.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3443/of._595.2024._resp._ao_req._116.2024._carla_adriana.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3444/of._596.2024._solicitacao_de_prazo_p._resp._ao_req._134.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3445/of._597.2024._resp._ao_req._123.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3446/of._598.2024._solicitacao_de_prazo_p._resp._ao_req._133.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3447/of._599.2024._solicitacao_de_prazo_p._resp._ao_req._128.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3448/of._600.2024._solicitacao_de_prazo_p._resp._ao_req._127.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3449/of._601.2024._resp._ao_req._124.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3450/of._602.2024._resp._ao_req._121.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3451/of._603.2024._resp._ao_req._119.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3452/of._604.2024._resp._ao_req._118.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3453/of._605.2024._resp._ao_req._131.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3454/of._606.2024._resp._ao_req._126.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3458/of._607.2024._resp._ao_req._129.2024._ana_luiza_.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3455/of._610.2024._resp._ao_req._120.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3456/of._611.2024._solicitacao_de_prazo_p._resp._ao_req._132.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3457/of._612.2024._solicitacao_de_prazo_p._resp._ao_req._130.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3498/of._625.2024._exec._resp._ao_req._139.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3499/of._626.2024._exec._resp._ao_req._136.2024._edinamar.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3500/of._627.2024._exec._resp._ao_req._135.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3501/of._628.2024._exec._resp._ao_req._127.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3502/of._629.2024._exec._resp._ao_req._128.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3503/of._630.2024._exec._resp._ao_req._133.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3504/of._631.2024._exec._resp._ao_req._130.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3505/of._632.2024._exec._resp._ao_req._132.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3507/of._638.2024._exec._resp._ao_req._138.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3508/of._640.2024._exec._solicitacao_de_prazo_p._resp._ao_req._137.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3524/of._643.2024._exec._solicitacao_de_prazo_p._resp._ao_req._142.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3525/of._644.2024._exec._solicitacao_de_prazo_p._resp._ao_req._141.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3535/of._650.2024._exec._resp._ao_req._143.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3536/of._651.2024._exec._resp._ao_req._137.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3551/of._661.2024._resp._ao_req._144.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3552/of._662.2024._resp._ao_req._142.2024._wagner.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3553/of._663.2024._resp._ao_req._141.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3587/of._680.2024._resp._ao_req._152.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3594/of._681.2024._resp._ao_req._148.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3595/of._682.2024._resp._ao_req._145.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3596/of._683.2024._resp._ao_req._147.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3597/of._684.2024._resp._ao_req._146.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3598/of._685.2024._resp._ao_req._151.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3599/of._687.2024._resp._ao_req._150.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3600/of._688.2024._resp._ao_req._149.2024._gilmar.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3608/of._699.2024._exec._resp._ao_req._153.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3609/of._700.2024._exec._resp._ao_req._154.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3610/of._701.2024._exec._resp._ao_req._155.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3625/of._704.2024._exec._resp._ao_req._157.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3626/of._705.2024._exec._solicita_prazo_p._resp._ao_req._156.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3643/of._711.2024._resp._ao_req._162.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3644/of._712.2024._resp._ao_req._163.2024._ana_luiza_e_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3647/of._713.2024._resp._ao_req._160.2024._carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3645/of._714.2024._resp._ao_req._156.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3646/of._715.2024._exec._solicita_prazo_p._resp._ao_req._159.2024_do_ver._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3660/of._725.2024._exec._resp._ao_requerimento_164.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3661/of._726.2024._resp._ao_req._166.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3662/of._727.2024._resp._ao_req._168.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3663/of._728.2024._resp._ao_req._165.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3665/of._729.2024._resp._ao_req._167.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3674/of._734.2024._exec._resp._ao_req._159.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3679/of._738.2024._exec._resp._ao_req._169.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3680/of._739.2024._exec._resp._ao_req._170.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3681/of._740.2024._exec._resp._ao_req._171.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3682/of._741.2024._exec._resp._ao_req._172.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3683/of._742.2024._exec._resp._ao_req._173.2024._ana_luiza_.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3693/resposta_req._174.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3694/resposta_req._175.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3699/of._753.2024._exec._resp._ao_req._173.2024_da_vereadora_ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3700/of._754.2024._exec._resp._ao_req._176.2024_da_vereadora_ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3701/of._756.2024._exec._resp._ao_req._180.2024_da_vereadora_ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3702/of._757.2024._exec._resp._ao_req._179.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3703/of._758.2024._exec._resp._ao_req._178.2024_do_vereador_rinaldo.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2373/anteprojeto_de_lei_001.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2393/anteprojeto_de_lei_002.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2394/anteprojeto_de_lei_003.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2395/anteprojeto_de_lei_004.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2411/anteprojeto_de_lei_005.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2427/anteprojeto_de_lei_006.2024._dra._edinamar.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2486/anteprojeto_de_lei_007.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2560/anteprojeto_de_lei_008.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2491/anteprojeto_de_lei_010.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2523/anteprojeto_de_lei_011.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2576/anteprojeto_de_lei_012.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2687/anteprojeto_de_lei_013.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2917/ante_projeto_de_lei_14.2024._rinaldo..pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3469/anteprojeto_de_lei_015.2024._rinaldo_e_carla.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3558/anteprojeto_de_lei_no_16.2024.rinaldo..pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2331/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2337/ata_da_reuniao_extraordinaria_das_comissoes_de_18.01.2024.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2355/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2379/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_do_dia_15.02.2024.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2396/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.02.2024.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2422/ata_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.02.2024.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2451/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2480/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_11.03.2024.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2506/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2508/ata_da_reuniao_extraordinaria_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_18.03.2024.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2525/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_25.03.2024.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2561/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2564/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.04.2024.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2589/ata_da_reuniao_extraordinaria_das_comissoes_de_05.04.2024.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2599/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.04.2024.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2631/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.04.2024.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2660/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fiinancas_e_orcamento_de_22.04.2024.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2693/ata_da_reuniao_conjunta_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2725/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_06.05.2024.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2780/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2827/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_20.05.2024.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2828/ata_reuniao_com_reppresentantes_da_igarapava_saneamento.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2869/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2896/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.06.2024..pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2924/ata_de_reuniao_ordinaria_das_comissoes_de_10.06.2024.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2974/ata_de_reuniao_ordinaria_das_comissoes_de_17.06.2024.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3005/ata_de_reuniao_extraordinaria_das_comissoes_de_17.06.2024.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3016/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.06.2024.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3288/ata_da_reuniao_ordinaria_das_comissoes_de_just._e_redacao_e_finan._e_orcamento_de_05.08.2024..pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3334/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.08.2024..pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3351/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_fin._e_orcamento_de_20.08.2024.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3366/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_27.08.2024.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3430/ata_reuniao_ordinaria_comissoes_e_justica_e_redacao_e_financas_e_orcamento_de_03.09.2024.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3440/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.09.2024.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3482/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_16.09.2024.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3487/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_17.09.2024.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3495/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_24.09.2024.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3523/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_01.10.2024.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3534/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_08.10.2024.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3550/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_15.10.2024.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3571/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_21.10.2024.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3572/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_22.10.2024.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3583/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_29.10.2024.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3606/ata_da_reuniao_ordinaria_da_comissao_de_justica_e_redacao_e_comissao_de_financas_e_orcamento_de_05.11.2024.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3618/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_12.11.2024.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3632/ata_da_sessao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_19.11.2024.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3650/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_26.11.2024.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3670/ata_da_reuniao_extraordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_03.12.2024.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3671/ata_da_reuniao_ordinaria_das_comissoes_de_03.12.2024.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3692/ata_da_reuniao_ordinaria_das_comissoes_de_justica_e_redacao_e_financas_e_orcamento_de_10.12.2024.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3709/ata_da_reuniao_das_comissoes_de_17.12.2024.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2839/of._025.2024._exec._dep._municipal_de_engenharia.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2992/oficio_n._29.2024_convite_para_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2457/of._180.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2611/of._234.2024._exec._resp._ao_req._032.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2616/of._252.2024._exec._resp._ao_req._035.2024._rinaldo.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2683/of._s.n._resp._ao_req._049.2024._rinaldo_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2970/oficio_n._310.2024_-_sms.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2993/oficio_n._334.2024_-_s.m.s..pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3006/oficio_n._460.2024_-_manifestacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3493/oficio_505.2024_-_camara_vereadores_-_ciencia_11o_aditivo_convenio_03.2021.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3289/oficio_506.2024._exec..pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3526/of._516.2024._exec._sms..pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3529/of._533.2024._sms.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3506/of._632.2024._exec._resp._ao_req._134.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3653/of._722.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2324/termo_de_convenio_005.2023._sms.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2356/3o_aditivo_convenio_03.23_-_plano_de_trabalho_19_saude_mental_piso_e_13_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2357/6o_aditivo_de_termo_de_convenio_03.21_plano_de_trabalho_18_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2801/of._025.2024._exec._dep._municipal_de_engenharia.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3101/oficio_n._27_-_24_-_otr_-_igarapava_saneamento.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2627/of._037.2024._sec._de_justica_e_cidadania.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3422/oficio_43.2024_-_cmv-_igarapava_saneamento.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2341/4o_aditamento_ao_convenio_03.23saude_mental_piso.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2342/7o_aditamento_ao_convenio_003.2021.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2405/of._sindicato_dos_funcionarios_publicos_de_igarapava.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2450/of._007.2024._sindicato_dos_func._pub._de_igarapava.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2478/contas_do_executivo_2020.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2527/of._s.n_do_executivo_municipal._ref._ao_proj._de_lei_complementar_004.2024._exec.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2562/of._001.2024._jose_aguinaldo.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2598/of._001.2024._comtur.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2647/of._193.2024._secret._munic._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2765/processo_tc_00007090989.20-3._contas_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2877/of._240.2024._secretaria_mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3020/despacho_presidente_proc._adm._08.2024_-_frederick_requi_mendonca.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3036/of._365.2024._secret._mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3037/of._366.24._secret._mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3331/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3354/convite_iv_corrida_civica.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3355/renuncia_a_vice-presidencia_da_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3402/pedido_de_apuracao.providencias_e_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3481/proc._adm._26.2024_-_solicitacao_de_medida_judiciais_-_wagner_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3530/pedido_de_abertura_de_comissao_de_investigacao_e_processante.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3531/solicitacao_de_medidas_judiciais_-_req._122.2024_-_carlos_roberto_rodrigues_lima_proc._adm_27.2024.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3565/denuncia_desvio_de_dinheiro_publico_.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3584/denuncia_desvio_de_dinheiro_publico_.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2991/oficio_n._001.2024_-_relatorios_tecnicos_de_projetos_de_lei..pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2913/oficio_no_08.2024_-_reprocessamento_do_resultado_da_totalizacao_-_eleicoes_2020..pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3021/solicitacao_de_cpi_de_municipe.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3712/oficio_especial_-_devolucao_de_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2329/proj._de_lei_001.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2372/proj_de_lei_002.2024._frederick.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2476/proj._de_lei_003.2024._claudio.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2504/proj._de_lei_004.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2582/proj._de_lei_005.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2626/proj._de_lei_006.2024._006.2024._rinaldo_e_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2707/proj._de_lei_007.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3232/substitutivo_ao_projeto_de_lei_do_legislativo_n.08.2024.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3233/projeto_de_lei_009.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3234/substitutivo_ao_projeto_de_lei_do_legislativo_n.10.2024.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3235/projeto_de_lei_011.2024._ana_luiza.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3431/proj._de_lei_substitutivo_ao_pl._012.2024_carla_adriana.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3517/projeto_de_lei_substitutivo_no_13.2024._legislativo..pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3537/projeto_de_lei_no_14.2024._legislativo..pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2797/ato_da_presidencia_n_02.2024_-_antecipacao_da_gratificacao_natalina_1.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2921/ato_da_mesa_n._04.2024.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2922/ato_da_mesa_n._05.2024.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3339/ato_da_presidencia_006.2024.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3691/ato_da_presidencia_008.2024.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2325/proj._de_lei_complementar_001.2024._leg.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3690/parecer_relator_comissao_de_justica_e_redacao_projeto_de_lei_complementar_006.2024.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2840/balancete_executivo_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2841/balancete_executivo_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2842/balancete_executivo_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/2843/balancete_executivo_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3338/processo_de_cassacao_em_face_de_supostas_infracoes_politico-administrativas_praticadas_pelo_prefeito_municipal_sr._jose_ricardo_rodrigues_mattar.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3475/pedido_de_abertura_de_comissao_de_investigacao_e_processante_.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.igarapava.sp.leg.br/media/sapl/public/materialegislativa/2024/3696/proposta_de_emenda_impositiva_n._01.2024_ao_projeto_de_lei_58.2024..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="55.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="212.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="211.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>